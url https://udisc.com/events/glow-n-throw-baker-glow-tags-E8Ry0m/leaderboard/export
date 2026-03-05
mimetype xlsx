--- v1 (2026-02-10)
+++ v2 (2026-03-05)
@@ -3210,50 +3210,53 @@
         <v>4</v>
       </c>
       <c r="AB32">
         <v>2</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33">
         <v>64</v>
       </c>
+      <c r="G33">
+        <v>280569</v>
+      </c>
       <c r="H33" t="str">
         <v>annikasj</v>
       </c>
       <c r="I33">
         <v>10</v>
       </c>
       <c r="J33">
         <v>64</v>
       </c>
       <c r="K33">
         <v>4</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>4</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">