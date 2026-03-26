--- v2 (2026-03-05)
+++ v3 (2026-03-26)
@@ -3468,50 +3468,53 @@
         <v>4</v>
       </c>
       <c r="AB35">
         <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>T34</v>
       </c>
       <c r="C36">
         <v>34</v>
       </c>
       <c r="D36" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E36">
         <v>13</v>
       </c>
       <c r="F36">
         <v>67</v>
       </c>
+      <c r="G36">
+        <v>322995</v>
+      </c>
       <c r="H36" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I36">
         <v>13</v>
       </c>
       <c r="J36">
         <v>67</v>
       </c>
       <c r="K36">
         <v>4</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>2</v>
       </c>
       <c r="O36">
         <v>3</v>
       </c>
       <c r="P36">