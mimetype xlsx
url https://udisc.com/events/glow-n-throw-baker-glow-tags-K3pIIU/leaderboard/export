--- v1 (2025-12-31)
+++ v2 (2026-01-21)
@@ -1752,51 +1752,51 @@
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
         <v>T13</v>
       </c>
       <c r="C16">
         <v>13</v>
       </c>
       <c r="D16" t="str">
         <v>Andrew Boechler</v>
       </c>
       <c r="E16">
         <v>1</v>
       </c>
       <c r="F16">
         <v>55</v>
       </c>
       <c r="G16">
         <v>300139</v>
       </c>
       <c r="H16" t="str">
-        <v>boechler</v>
+        <v>andrewboechler</v>
       </c>
       <c r="I16">
         <v>1</v>
       </c>
       <c r="J16">
         <v>55</v>
       </c>
       <c r="K16">
         <v>5</v>
       </c>
       <c r="L16">
         <v>2</v>
       </c>
       <c r="M16">
         <v>3</v>
       </c>
       <c r="N16">
         <v>4</v>
       </c>
       <c r="O16">
         <v>2</v>
       </c>
       <c r="P16">
         <v>4</v>
       </c>