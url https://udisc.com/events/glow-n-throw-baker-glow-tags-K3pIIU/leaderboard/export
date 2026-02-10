--- v2 (2026-01-21)
+++ v3 (2026-02-10)
@@ -1407,50 +1407,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
         <v>David Martens</v>
       </c>
       <c r="E12">
         <v>-1</v>
       </c>
       <c r="F12">
         <v>53</v>
       </c>
+      <c r="G12">
+        <v>139132</v>
+      </c>
       <c r="H12" t="str">
         <v>bustrudapannies</v>
       </c>
       <c r="I12">
         <v>-1</v>
       </c>
       <c r="J12">
         <v>53</v>
       </c>
       <c r="K12">
         <v>4</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>2</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">