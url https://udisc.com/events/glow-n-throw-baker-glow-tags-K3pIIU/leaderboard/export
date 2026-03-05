--- v3 (2026-02-10)
+++ v4 (2026-03-05)
@@ -2084,206 +2084,209 @@
       </c>
       <c r="Y19">
         <v>3</v>
       </c>
       <c r="Z19">
         <v>4</v>
       </c>
       <c r="AA19">
         <v>4</v>
       </c>
       <c r="AB19">
         <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
         <v>T18</v>
       </c>
       <c r="C20">
         <v>18</v>
       </c>
       <c r="D20" t="str">
-        <v>Derek maydaniuk</v>
+        <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E20">
         <v>3</v>
       </c>
       <c r="F20">
         <v>57</v>
       </c>
       <c r="G20">
-        <v>311669</v>
+        <v>280569</v>
       </c>
       <c r="H20" t="str">
-        <v>derekoh</v>
+        <v>annikasj</v>
       </c>
       <c r="I20">
         <v>3</v>
       </c>
       <c r="J20">
         <v>57</v>
       </c>
       <c r="K20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O20">
         <v>2</v>
       </c>
       <c r="P20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S20">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="T20">
         <v>3</v>
       </c>
       <c r="U20">
         <v>3</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y20">
         <v>4</v>
       </c>
       <c r="Z20">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB20">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T18</v>
       </c>
       <c r="C21">
         <v>18</v>
       </c>
       <c r="D21" t="str">
-        <v xml:space="preserve">Annika Slumskie </v>
+        <v>Derek maydaniuk</v>
       </c>
       <c r="E21">
         <v>3</v>
       </c>
       <c r="F21">
         <v>57</v>
       </c>
+      <c r="G21">
+        <v>311669</v>
+      </c>
       <c r="H21" t="str">
-        <v>annikasj</v>
+        <v>derekoh</v>
       </c>
       <c r="I21">
         <v>3</v>
       </c>
       <c r="J21">
         <v>57</v>
       </c>
       <c r="K21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S21">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="T21">
         <v>3</v>
       </c>
       <c r="U21">
         <v>3</v>
       </c>
       <c r="V21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y21">
         <v>4</v>
       </c>
       <c r="Z21">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB21">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T21</v>
       </c>
       <c r="C22">
         <v>21</v>
       </c>
       <c r="D22" t="str">
         <v>Joel bernard</v>
       </c>
       <c r="E22">
         <v>4</v>
       </c>
       <c r="F22">
         <v>58</v>
       </c>
       <c r="G22">
         <v>208038</v>
       </c>
       <c r="H22" t="str">