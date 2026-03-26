--- v4 (2026-03-05)
+++ v5 (2026-03-26)
@@ -2777,50 +2777,53 @@
         <v>4</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E28">
         <v>16</v>
       </c>
       <c r="F28">
         <v>70</v>
       </c>
+      <c r="G28">
+        <v>322995</v>
+      </c>
       <c r="H28" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I28">
         <v>16</v>
       </c>
       <c r="J28">
         <v>70</v>
       </c>
       <c r="K28">
         <v>6</v>
       </c>
       <c r="L28">
         <v>2</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>2</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">