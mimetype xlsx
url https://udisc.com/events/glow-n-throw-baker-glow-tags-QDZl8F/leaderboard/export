--- v1 (2026-02-10)
+++ v2 (2026-03-26)
@@ -2009,50 +2009,53 @@
         <v>4</v>
       </c>
       <c r="AB18">
         <v>3</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
         <v>18</v>
       </c>
       <c r="C19">
         <v>18</v>
       </c>
       <c r="D19" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E19">
         <v>12</v>
       </c>
       <c r="F19">
         <v>66</v>
       </c>
+      <c r="G19">
+        <v>322995</v>
+      </c>
       <c r="H19" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I19">
         <v>12</v>
       </c>
       <c r="J19">
         <v>66</v>
       </c>
       <c r="K19">
         <v>5</v>
       </c>
       <c r="L19">
         <v>3</v>
       </c>
       <c r="M19">
         <v>4</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>4</v>
       </c>
       <c r="P19">