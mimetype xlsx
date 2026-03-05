--- v0 (2026-02-04)
+++ v1 (2026-03-05)
@@ -2869,50 +2869,53 @@
         <v>3</v>
       </c>
       <c r="AB28">
         <v>4</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>T28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E29">
         <v>4</v>
       </c>
       <c r="F29">
         <v>58</v>
       </c>
+      <c r="G29">
+        <v>280569</v>
+      </c>
       <c r="H29" t="str">
         <v>annikasj</v>
       </c>
       <c r="I29">
         <v>4</v>
       </c>
       <c r="J29">
         <v>58</v>
       </c>
       <c r="K29">
         <v>4</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">