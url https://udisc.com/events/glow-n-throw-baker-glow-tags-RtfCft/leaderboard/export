--- v1 (2026-03-05)
+++ v2 (2026-03-26)
@@ -3548,50 +3548,53 @@
         <v>4</v>
       </c>
       <c r="AB36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T35</v>
       </c>
       <c r="C37">
         <v>35</v>
       </c>
       <c r="D37" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E37">
         <v>9</v>
       </c>
       <c r="F37">
         <v>63</v>
       </c>
+      <c r="G37">
+        <v>322995</v>
+      </c>
       <c r="H37" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I37">
         <v>9</v>
       </c>
       <c r="J37">
         <v>63</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>2</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>4</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">