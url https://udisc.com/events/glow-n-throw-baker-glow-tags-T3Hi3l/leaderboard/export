--- v1 (2026-02-10)
+++ v2 (2026-03-05)
@@ -2178,50 +2178,53 @@
         <v>3</v>
       </c>
       <c r="AB20">
         <v>4</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
         <v>T19</v>
       </c>
       <c r="C21">
         <v>19</v>
       </c>
       <c r="D21" t="str">
         <v xml:space="preserve">Annika Slumskie </v>
       </c>
       <c r="E21">
         <v>10</v>
       </c>
       <c r="F21">
         <v>64</v>
       </c>
+      <c r="G21">
+        <v>280569</v>
+      </c>
       <c r="H21" t="str">
         <v>annikasj</v>
       </c>
       <c r="I21">
         <v>10</v>
       </c>
       <c r="J21">
         <v>64</v>
       </c>
       <c r="K21">
         <v>4</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
         <v>3</v>
       </c>
       <c r="N21">
         <v>3</v>
       </c>
       <c r="O21">
         <v>2</v>
       </c>
       <c r="P21">