--- v2 (2026-03-05)
+++ v3 (2026-03-26)
@@ -2350,50 +2350,53 @@
         <v>4</v>
       </c>
       <c r="AB22">
         <v>4</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T21</v>
       </c>
       <c r="C23">
         <v>21</v>
       </c>
       <c r="D23" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E23">
         <v>11</v>
       </c>
       <c r="F23">
         <v>65</v>
       </c>
+      <c r="G23">
+        <v>322995</v>
+      </c>
       <c r="H23" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I23">
         <v>11</v>
       </c>
       <c r="J23">
         <v>65</v>
       </c>
       <c r="K23">
         <v>5</v>
       </c>
       <c r="L23">
         <v>3</v>
       </c>
       <c r="M23">
         <v>3</v>
       </c>
       <c r="N23">
         <v>3</v>
       </c>
       <c r="O23">
         <v>3</v>
       </c>
       <c r="P23">