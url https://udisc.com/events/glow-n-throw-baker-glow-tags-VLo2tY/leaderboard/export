--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -2522,50 +2522,53 @@
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>T22</v>
       </c>
       <c r="C25">
         <v>22</v>
       </c>
       <c r="D25" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E25">
         <v>4</v>
       </c>
       <c r="F25">
         <v>58</v>
       </c>
+      <c r="G25">
+        <v>322995</v>
+      </c>
       <c r="H25" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I25">
         <v>4</v>
       </c>
       <c r="J25">
         <v>58</v>
       </c>
       <c r="K25">
         <v>4</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>2</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">