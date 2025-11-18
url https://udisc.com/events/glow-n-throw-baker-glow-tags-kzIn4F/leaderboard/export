--- v0 (2025-10-21)
+++ v1 (2025-11-18)
@@ -3195,50 +3195,53 @@
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v>Jon Turner</v>
       </c>
       <c r="E33">
         <v>9</v>
       </c>
       <c r="F33">
         <v>63</v>
       </c>
+      <c r="G33">
+        <v>317187</v>
+      </c>
       <c r="H33" t="str">
         <v>jwdturner</v>
       </c>
       <c r="I33">
         <v>9</v>
       </c>
       <c r="J33">
         <v>63</v>
       </c>
       <c r="K33">
         <v>3</v>
       </c>
       <c r="L33">
         <v>3</v>
       </c>
       <c r="M33">
         <v>4</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">