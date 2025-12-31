--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -2256,203 +2256,206 @@
       </c>
       <c r="Y21">
         <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
         <v>4</v>
       </c>
       <c r="AB21">
         <v>2</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
         <v>T20</v>
       </c>
       <c r="C22">
         <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Arlin Amundrud</v>
+        <v>Greg Carter</v>
       </c>
       <c r="E22">
         <v>2</v>
       </c>
       <c r="F22">
         <v>56</v>
       </c>
+      <c r="G22">
+        <v>313384</v>
+      </c>
       <c r="H22" t="str">
-        <v>aamundrud</v>
+        <v>grcarter</v>
       </c>
       <c r="I22">
         <v>2</v>
       </c>
       <c r="J22">
         <v>56</v>
       </c>
       <c r="K22">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L22">
         <v>2</v>
       </c>
       <c r="M22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N22">
         <v>2</v>
       </c>
       <c r="O22">
         <v>3</v>
       </c>
       <c r="P22">
         <v>3</v>
       </c>
       <c r="Q22">
         <v>4</v>
       </c>
       <c r="R22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="T22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z22">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AA22">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB22">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
         <v>T20</v>
       </c>
       <c r="C23">
         <v>20</v>
       </c>
       <c r="D23" t="str">
-        <v>Greg Carter</v>
+        <v>Arlin Amundrud</v>
       </c>
       <c r="E23">
         <v>2</v>
       </c>
       <c r="F23">
         <v>56</v>
       </c>
       <c r="H23" t="str">
-        <v>grcarter</v>
+        <v>aamundrud</v>
       </c>
       <c r="I23">
         <v>2</v>
       </c>
       <c r="J23">
         <v>56</v>
       </c>
       <c r="K23">
+        <v>3</v>
+      </c>
+      <c r="L23">
+        <v>2</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>2</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>3</v>
+      </c>
+      <c r="Q23">
+        <v>4</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
         <v>5</v>
       </c>
-      <c r="L23">
-[...22 lines deleted...]
-      </c>
       <c r="T23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y23">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z23">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="AA23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB23">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
         <v>T23</v>
       </c>
       <c r="C24">
         <v>23</v>
       </c>
       <c r="D24" t="str">
         <v>Michael Hill</v>
       </c>
       <c r="E24">
         <v>3</v>
       </c>
       <c r="F24">
         <v>57</v>
       </c>
       <c r="G24">
         <v>294669</v>
       </c>
       <c r="H24" t="str">