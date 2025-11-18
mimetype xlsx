--- v0 (2025-10-21)
+++ v1 (2025-11-18)
@@ -2679,50 +2679,53 @@
         <v>4</v>
       </c>
       <c r="AB26">
         <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
         <v>T25</v>
       </c>
       <c r="C27">
         <v>25</v>
       </c>
       <c r="D27" t="str">
         <v>Jon Turner</v>
       </c>
       <c r="E27">
         <v>12</v>
       </c>
       <c r="F27">
         <v>66</v>
       </c>
+      <c r="G27">
+        <v>317187</v>
+      </c>
       <c r="H27" t="str">
         <v>jwdturner</v>
       </c>
       <c r="I27">
         <v>12</v>
       </c>
       <c r="J27">
         <v>66</v>
       </c>
       <c r="K27">
         <v>6</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
         <v>4</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>
       <c r="P27">