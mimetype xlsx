--- v1 (2025-11-18)
+++ v2 (2025-12-31)
@@ -1496,50 +1496,53 @@
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
         <v>12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
         <v>Greg Carter</v>
       </c>
       <c r="E13">
         <v>0</v>
       </c>
       <c r="F13">
         <v>54</v>
       </c>
+      <c r="G13">
+        <v>313384</v>
+      </c>
       <c r="H13" t="str">
         <v>grcarter</v>
       </c>
       <c r="I13">
         <v>0</v>
       </c>
       <c r="J13">
         <v>54</v>
       </c>
       <c r="K13">
         <v>3</v>
       </c>
       <c r="L13">
         <v>4</v>
       </c>
       <c r="M13">
         <v>2</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
         <v>3</v>
       </c>
       <c r="P13">