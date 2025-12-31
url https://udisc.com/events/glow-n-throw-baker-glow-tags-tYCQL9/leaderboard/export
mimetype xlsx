--- v0 (2025-10-21)
+++ v1 (2025-12-31)
@@ -2774,50 +2774,53 @@
         <v>4</v>
       </c>
       <c r="AB27">
         <v>4</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
         <v>27</v>
       </c>
       <c r="C28">
         <v>27</v>
       </c>
       <c r="D28" t="str">
         <v>Jon Turner</v>
       </c>
       <c r="E28">
         <v>7</v>
       </c>
       <c r="F28">
         <v>61</v>
       </c>
+      <c r="G28">
+        <v>317187</v>
+      </c>
       <c r="H28" t="str">
         <v>jwdturner</v>
       </c>
       <c r="I28">
         <v>7</v>
       </c>
       <c r="J28">
         <v>61</v>
       </c>
       <c r="K28">
         <v>4</v>
       </c>
       <c r="L28">
         <v>3</v>
       </c>
       <c r="M28">
         <v>3</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
         <v>4</v>
       </c>
       <c r="P28">
@@ -2856,50 +2859,53 @@
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
         <v>28</v>
       </c>
       <c r="C29">
         <v>28</v>
       </c>
       <c r="D29" t="str">
         <v>Greg Carter</v>
       </c>
       <c r="E29">
         <v>8</v>
       </c>
       <c r="F29">
         <v>62</v>
+      </c>
+      <c r="G29">
+        <v>313384</v>
       </c>
       <c r="H29" t="str">
         <v>grcarter</v>
       </c>
       <c r="I29">
         <v>8</v>
       </c>
       <c r="J29">
         <v>62</v>
       </c>
       <c r="K29">
         <v>5</v>
       </c>
       <c r="L29">
         <v>2</v>
       </c>
       <c r="M29">
         <v>4</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>4</v>
       </c>