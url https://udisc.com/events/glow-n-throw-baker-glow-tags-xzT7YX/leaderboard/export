--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3201,50 +3201,53 @@
         <v>6</v>
       </c>
       <c r="AB32">
         <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T31</v>
       </c>
       <c r="C33">
         <v>31</v>
       </c>
       <c r="D33" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E33">
         <v>10</v>
       </c>
       <c r="F33">
         <v>64</v>
       </c>
+      <c r="G33">
+        <v>322995</v>
+      </c>
       <c r="H33" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I33">
         <v>10</v>
       </c>
       <c r="J33">
         <v>64</v>
       </c>
       <c r="K33">
         <v>5</v>
       </c>
       <c r="L33">
         <v>2</v>
       </c>
       <c r="M33">
         <v>4</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
         <v>3</v>
       </c>
       <c r="P33">