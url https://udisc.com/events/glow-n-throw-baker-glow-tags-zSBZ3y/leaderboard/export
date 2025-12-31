--- v0 (2025-10-21)
+++ v1 (2025-12-31)
@@ -3018,203 +3018,206 @@
       </c>
       <c r="Y30">
         <v>4</v>
       </c>
       <c r="Z30">
         <v>4</v>
       </c>
       <c r="AA30">
         <v>3</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T30</v>
       </c>
       <c r="C31">
         <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Edward Lavelle</v>
+        <v>Greg Carter</v>
       </c>
       <c r="E31">
         <v>10</v>
       </c>
       <c r="F31">
         <v>64</v>
       </c>
+      <c r="G31">
+        <v>313384</v>
+      </c>
       <c r="H31" t="str">
-        <v>tedthebear</v>
+        <v>grcarter</v>
       </c>
       <c r="I31">
         <v>10</v>
       </c>
       <c r="J31">
         <v>64</v>
       </c>
       <c r="K31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>4</v>
       </c>
       <c r="T31">
         <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>4</v>
       </c>
       <c r="Z31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="AA31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB31">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T30</v>
       </c>
       <c r="C32">
         <v>30</v>
       </c>
       <c r="D32" t="str">
-        <v>Greg Carter</v>
+        <v>Edward Lavelle</v>
       </c>
       <c r="E32">
         <v>10</v>
       </c>
       <c r="F32">
         <v>64</v>
       </c>
       <c r="H32" t="str">
-        <v>grcarter</v>
+        <v>tedthebear</v>
       </c>
       <c r="I32">
         <v>10</v>
       </c>
       <c r="J32">
         <v>64</v>
       </c>
       <c r="K32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N32">
         <v>4</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
         <v>3</v>
       </c>
       <c r="S32">
         <v>4</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
         <v>4</v>
       </c>
       <c r="Z32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AA32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB32">
-        <v>3</v>
+        <v>5</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
         <v>Christina Hill</v>
       </c>
       <c r="E33">
         <v>12</v>
       </c>
       <c r="F33">
         <v>66</v>
       </c>
       <c r="G33">
         <v>307630</v>
       </c>
       <c r="H33" t="str">