--- v0 (2026-03-05)
+++ v1 (2026-03-26)
@@ -3121,50 +3121,53 @@
         <v>4</v>
       </c>
       <c r="AB31">
         <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>T30</v>
       </c>
       <c r="C32">
         <v>30</v>
       </c>
       <c r="D32" t="str">
         <v>Sunny Fung</v>
       </c>
       <c r="E32">
         <v>8</v>
       </c>
       <c r="F32">
         <v>62</v>
       </c>
+      <c r="G32">
+        <v>322995</v>
+      </c>
       <c r="H32" t="str">
         <v>sunnyboi1438</v>
       </c>
       <c r="I32">
         <v>8</v>
       </c>
       <c r="J32">
         <v>62</v>
       </c>
       <c r="K32">
         <v>4</v>
       </c>
       <c r="L32">
         <v>3</v>
       </c>
       <c r="M32">
         <v>3</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>2</v>
       </c>
       <c r="P32">