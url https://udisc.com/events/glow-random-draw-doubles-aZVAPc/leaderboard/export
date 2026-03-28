--- v0 (2026-02-05)
+++ v1 (2026-03-28)
@@ -1049,51 +1049,51 @@
       </c>
       <c r="AB7">
         <v>2</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Daniel Riddle &amp; Eric Nickens</v>
       </c>
       <c r="E8">
         <v>-6</v>
       </c>
       <c r="F8">
         <v>50</v>
       </c>
       <c r="H8" t="str">
-        <v>steiny23,nickens</v>
+        <v>danielriddle,nickens</v>
       </c>
       <c r="I8">
         <v>-6</v>
       </c>
       <c r="J8">
         <v>50</v>
       </c>
       <c r="K8">
         <v>2</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>4</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>2</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>