--- v0 (2025-11-26)
+++ v1 (2026-03-03)
@@ -1371,51 +1371,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA4</v>
       </c>
       <c r="B25" t="str">
         <v>6</v>
       </c>
       <c r="C25">
         <v>6</v>
       </c>
       <c r="D25" t="str">
         <v>Thomas Ramsbottom</v>
       </c>
       <c r="E25">
         <v>28</v>
       </c>
       <c r="F25">
         <v>142</v>
       </c>
       <c r="G25">
         <v>299360</v>
       </c>
       <c r="H25" t="str">
-        <v>tramsb</v>
+        <v>ramsbottom</v>
       </c>
       <c r="I25">
         <v>13</v>
       </c>
       <c r="J25">
         <v>15</v>
       </c>
       <c r="K25">
         <v>70</v>
       </c>
       <c r="L25">
         <v>72</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>MA4</v>
       </c>
       <c r="B26" t="str">
         <v>7</v>
       </c>
       <c r="C26">
         <v>7</v>
       </c>
       <c r="D26" t="str">
@@ -9281,51 +9281,51 @@
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA4</v>
       </c>
       <c r="B24" t="str">
         <v>5</v>
       </c>
       <c r="C24">
         <v>5</v>
       </c>
       <c r="D24" t="str">
         <v>Thomas Ramsbottom</v>
       </c>
       <c r="E24">
         <v>13</v>
       </c>
       <c r="F24">
         <v>70</v>
       </c>
       <c r="G24">
         <v>299360</v>
       </c>
       <c r="H24" t="str">
-        <v>tramsb</v>
+        <v>ramsbottom</v>
       </c>
       <c r="I24">
         <v>13</v>
       </c>
       <c r="J24">
         <v>70</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>5</v>
       </c>
       <c r="N24">
         <v>5</v>
       </c>
       <c r="O24">
         <v>4</v>
       </c>
       <c r="P24">
         <v>4</v>
       </c>
@@ -13031,51 +13031,51 @@
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>MA4</v>
       </c>
       <c r="B25" t="str">
         <v>6</v>
       </c>
       <c r="C25">
         <v>6</v>
       </c>
       <c r="D25" t="str">
         <v>Thomas Ramsbottom</v>
       </c>
       <c r="E25">
         <v>28</v>
       </c>
       <c r="F25">
         <v>142</v>
       </c>
       <c r="G25">
         <v>299360</v>
       </c>
       <c r="H25" t="str">
-        <v>tramsb</v>
+        <v>ramsbottom</v>
       </c>
       <c r="I25">
         <v>15</v>
       </c>
       <c r="J25">
         <v>72</v>
       </c>
       <c r="K25">
         <v>6</v>
       </c>
       <c r="L25">
         <v>3</v>
       </c>
       <c r="M25">
         <v>4</v>
       </c>
       <c r="N25">
         <v>6</v>
       </c>
       <c r="O25">
         <v>3</v>
       </c>
       <c r="P25">
         <v>4</v>
       </c>