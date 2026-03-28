--- v0 (2026-01-08)
+++ v1 (2026-03-28)
@@ -3527,51 +3527,51 @@
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>MA2</v>
       </c>
       <c r="B35" t="str">
         <v>T12</v>
       </c>
       <c r="C35">
         <v>12</v>
       </c>
       <c r="D35" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E35">
         <v>-1</v>
       </c>
       <c r="F35">
         <v>53</v>
       </c>
       <c r="G35">
         <v>146311</v>
       </c>
       <c r="H35" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I35">
         <v>-1</v>
       </c>
       <c r="J35">
         <v>53</v>
       </c>
       <c r="K35">
         <v>3</v>
       </c>
       <c r="L35">
         <v>3</v>
       </c>
       <c r="M35">
         <v>2</v>
       </c>
       <c r="N35">
         <v>3</v>
       </c>
       <c r="O35">
         <v>2</v>
       </c>
       <c r="P35">
         <v>3</v>
       </c>