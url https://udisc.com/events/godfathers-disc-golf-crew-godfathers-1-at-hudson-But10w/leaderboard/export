--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -3485,50 +3485,53 @@
         <v>3</v>
       </c>
       <c r="AB36">
         <v>2</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA3</v>
       </c>
       <c r="B37" t="str">
         <v>1</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E37">
         <v>0</v>
       </c>
       <c r="F37">
         <v>54</v>
       </c>
+      <c r="G37">
+        <v>275271</v>
+      </c>
       <c r="H37" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>54</v>
       </c>
       <c r="K37">
         <v>3</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>2</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">