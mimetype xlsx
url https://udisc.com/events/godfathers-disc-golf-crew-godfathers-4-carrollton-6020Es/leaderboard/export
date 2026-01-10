--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -3684,50 +3684,53 @@
         <v>3</v>
       </c>
       <c r="AB38">
         <v>4</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>MA3</v>
       </c>
       <c r="B39" t="str">
         <v>4</v>
       </c>
       <c r="C39">
         <v>4</v>
       </c>
       <c r="D39" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E39">
         <v>5</v>
       </c>
       <c r="F39">
         <v>70</v>
       </c>
+      <c r="G39">
+        <v>275271</v>
+      </c>
       <c r="H39" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I39">
         <v>5</v>
       </c>
       <c r="J39">
         <v>70</v>
       </c>
       <c r="K39">
         <v>3</v>
       </c>
       <c r="L39">
         <v>4</v>
       </c>
       <c r="M39">
         <v>6</v>
       </c>
       <c r="N39">
         <v>2</v>
       </c>
       <c r="O39">
         <v>6</v>
       </c>
       <c r="P39">