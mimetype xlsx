--- v1 (2026-01-10)
+++ v2 (2026-03-28)
@@ -3069,51 +3069,51 @@
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T3</v>
       </c>
       <c r="C31">
         <v>3</v>
       </c>
       <c r="D31" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>64</v>
       </c>
       <c r="G31">
         <v>146311</v>
       </c>
       <c r="H31" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I31">
         <v>3</v>
       </c>
       <c r="J31">
         <v>64</v>
       </c>
       <c r="K31">
         <v>3</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
       <c r="P31">
         <v>4</v>
       </c>