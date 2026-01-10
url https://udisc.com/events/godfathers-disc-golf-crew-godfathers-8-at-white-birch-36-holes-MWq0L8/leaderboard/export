--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -1620,50 +1620,53 @@
         <v>53</v>
       </c>
       <c r="L30">
         <v>53</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T6</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E31">
         <v>-2</v>
       </c>
       <c r="F31">
         <v>106</v>
       </c>
+      <c r="G31">
+        <v>275271</v>
+      </c>
       <c r="H31" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I31">
         <v>-4</v>
       </c>
       <c r="J31">
         <v>2</v>
       </c>
       <c r="K31">
         <v>50</v>
       </c>
       <c r="L31">
         <v>56</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>MA3</v>
       </c>
       <c r="B32" t="str">
         <v>8</v>
       </c>
       <c r="C32">
         <v>8</v>
@@ -4586,50 +4589,53 @@
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>MA3</v>
       </c>
       <c r="B29" t="str">
         <v>T4</v>
       </c>
       <c r="C29">
         <v>4</v>
       </c>
       <c r="D29" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E29">
         <v>-4</v>
       </c>
       <c r="F29">
         <v>50</v>
       </c>
+      <c r="G29">
+        <v>275271</v>
+      </c>
       <c r="H29" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I29">
         <v>-4</v>
       </c>
       <c r="J29">
         <v>50</v>
       </c>
       <c r="K29">
         <v>2</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
         <v>3</v>
       </c>
       <c r="N29">
         <v>2</v>
       </c>
       <c r="O29">
         <v>2</v>
       </c>
       <c r="P29">
@@ -8550,50 +8556,53 @@
         <v>4</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>T6</v>
       </c>
       <c r="C31">
         <v>6</v>
       </c>
       <c r="D31" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E31">
         <v>-2</v>
       </c>
       <c r="F31">
         <v>106</v>
       </c>
+      <c r="G31">
+        <v>275271</v>
+      </c>
       <c r="H31" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I31">
         <v>2</v>
       </c>
       <c r="J31">
         <v>56</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>2</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">