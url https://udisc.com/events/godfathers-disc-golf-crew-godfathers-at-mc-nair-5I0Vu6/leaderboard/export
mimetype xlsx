--- v1 (2026-01-10)
+++ v2 (2026-03-28)
@@ -3460,51 +3460,51 @@
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>MA2</v>
       </c>
       <c r="B36" t="str">
         <v>T12</v>
       </c>
       <c r="C36">
         <v>12</v>
       </c>
       <c r="D36" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E36">
         <v>-1</v>
       </c>
       <c r="F36">
         <v>55</v>
       </c>
       <c r="G36">
         <v>146311</v>
       </c>
       <c r="H36" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I36">
         <v>-1</v>
       </c>
       <c r="J36">
         <v>55</v>
       </c>
       <c r="K36">
         <v>2</v>
       </c>
       <c r="L36">
         <v>3</v>
       </c>
       <c r="M36">
         <v>4</v>
       </c>
       <c r="N36">
         <v>3</v>
       </c>
       <c r="O36">
         <v>2</v>
       </c>
       <c r="P36">
         <v>3</v>
       </c>