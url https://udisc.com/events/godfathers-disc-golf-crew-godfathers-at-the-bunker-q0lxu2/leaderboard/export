--- v1 (2026-01-10)
+++ v2 (2026-03-28)
@@ -4118,51 +4118,51 @@
       </c>
     </row>
     <row r="44">
       <c r="A44" t="str">
         <v>MA3</v>
       </c>
       <c r="B44" t="str">
         <v>9</v>
       </c>
       <c r="C44">
         <v>9</v>
       </c>
       <c r="D44" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E44">
         <v>16</v>
       </c>
       <c r="F44">
         <v>80</v>
       </c>
       <c r="G44">
         <v>146311</v>
       </c>
       <c r="H44" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I44">
         <v>16</v>
       </c>
       <c r="J44">
         <v>80</v>
       </c>
       <c r="K44">
         <v>3</v>
       </c>
       <c r="L44">
         <v>6</v>
       </c>
       <c r="M44">
         <v>4</v>
       </c>
       <c r="N44">
         <v>6</v>
       </c>
       <c r="O44">
         <v>3</v>
       </c>
       <c r="P44">
         <v>4</v>
       </c>