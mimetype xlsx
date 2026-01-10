--- v0 (2025-10-12)
+++ v1 (2026-01-10)
@@ -536,140 +536,140 @@
       </c>
       <c r="W1" t="str">
         <v>hole_13</v>
       </c>
       <c r="X1" t="str">
         <v>hole_14</v>
       </c>
       <c r="Y1" t="str">
         <v>hole_15</v>
       </c>
       <c r="Z1" t="str">
         <v>hole_16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>MPO</v>
       </c>
       <c r="B2" t="str">
-        <v>T1</v>
+        <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Derek Green</v>
       </c>
       <c r="E2">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="F2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="G2">
         <v>48445</v>
       </c>
       <c r="H2" t="str">
         <v>dg48445</v>
       </c>
       <c r="I2">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="J2">
-        <v>53</v>
+        <v>52</v>
       </c>
       <c r="K2">
         <v>4</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>3</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>2</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>2</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
         <v>5</v>
       </c>
       <c r="AA2">
         <v>3</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>MPO</v>
       </c>
       <c r="B3" t="str">
-        <v>T1</v>
+        <v>T2</v>
       </c>
       <c r="C3">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Taylor Thomas</v>
       </c>
       <c r="E3">
         <v>-5</v>
       </c>
       <c r="F3">
         <v>53</v>
       </c>
       <c r="G3">
         <v>93533</v>
       </c>
       <c r="H3" t="str">
         <v>twigiwt</v>
       </c>
       <c r="I3">
         <v>-5</v>
       </c>
       <c r="J3">
         <v>53</v>
       </c>
       <c r="K3">
         <v>2</v>
       </c>
@@ -708,54 +708,54 @@
       </c>
       <c r="W3">
         <v>2</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
         <v>3</v>
       </c>
       <c r="Z3">
         <v>4</v>
       </c>
       <c r="AA3">
         <v>5</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>MPO</v>
       </c>
       <c r="B4" t="str">
-        <v>T1</v>
+        <v>T2</v>
       </c>
       <c r="C4">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Richard French</v>
       </c>
       <c r="E4">
         <v>-5</v>
       </c>
       <c r="F4">
         <v>53</v>
       </c>
       <c r="G4">
         <v>94079</v>
       </c>
       <c r="H4" t="str">
         <v>frenchie31</v>
       </c>
       <c r="I4">
         <v>-5</v>
       </c>
       <c r="J4">
         <v>53</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
@@ -794,54 +794,54 @@
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>2</v>
       </c>
       <c r="Y4">
         <v>2</v>
       </c>
       <c r="Z4">
         <v>4</v>
       </c>
       <c r="AA4">
         <v>4</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>MPO</v>
       </c>
       <c r="B5" t="str">
-        <v>T1</v>
+        <v>T2</v>
       </c>
       <c r="C5">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
         <v>Todd Lazar</v>
       </c>
       <c r="E5">
         <v>-5</v>
       </c>
       <c r="F5">
         <v>53</v>
       </c>
       <c r="G5">
         <v>156494</v>
       </c>
       <c r="H5" t="str">
         <v>tlazar</v>
       </c>
       <c r="I5">
         <v>-5</v>
       </c>
       <c r="J5">
         <v>53</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
@@ -2687,50 +2687,53 @@
       <c r="AA26">
         <v>6</v>
       </c>
       <c r="AB26">
         <v>3</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>MA3</v>
       </c>
       <c r="B27" t="str">
         <v>T2</v>
       </c>
       <c r="C27">
         <v>2</v>
       </c>
       <c r="D27" t="str">
         <v>Nick Blackburn</v>
       </c>
       <c r="E27">
         <v>0</v>
       </c>
       <c r="F27">
         <v>58</v>
+      </c>
+      <c r="G27">
+        <v>275271</v>
       </c>
       <c r="H27" t="str">
         <v>nickblackburn</v>
       </c>
       <c r="I27">
         <v>0</v>
       </c>
       <c r="J27">
         <v>58</v>
       </c>
       <c r="K27">
         <v>4</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
         <v>3</v>
       </c>
       <c r="N27">
         <v>3</v>
       </c>
       <c r="O27">
         <v>3</v>
       </c>