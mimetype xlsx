--- v1 (2026-01-10)
+++ v2 (2026-03-28)
@@ -3036,51 +3036,51 @@
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>MA3</v>
       </c>
       <c r="B31" t="str">
         <v>7</v>
       </c>
       <c r="C31">
         <v>7</v>
       </c>
       <c r="D31" t="str">
         <v>Daniel Riddle</v>
       </c>
       <c r="E31">
         <v>7</v>
       </c>
       <c r="F31">
         <v>65</v>
       </c>
       <c r="G31">
         <v>146311</v>
       </c>
       <c r="H31" t="str">
-        <v>steiny23</v>
+        <v>danielriddle</v>
       </c>
       <c r="I31">
         <v>7</v>
       </c>
       <c r="J31">
         <v>65</v>
       </c>
       <c r="K31">
         <v>4</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>4</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>5</v>
       </c>