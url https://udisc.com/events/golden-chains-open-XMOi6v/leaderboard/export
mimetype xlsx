--- v0 (2025-10-01)
+++ v1 (2025-10-24)
@@ -1,62 +1,70 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="bin" ContentType="application/vnd.ms-excel.sheet.binary.macroEnabled.main"/>
   <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="data" ContentType="application/vnd.openxmlformats-officedocument.model+data"/>
   <Default Extension="bmp" ContentType="image/bmp"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="gif" ContentType="image/gif"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="tif" ContentType="image/tiff"/>
   <Default Extension="tiff" ContentType="image/tiff"/>
   <Default Extension="pdf" ContentType="application/pdf"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/xl/metadata.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheetMetadata+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr codeName="ThisWorkbook"/>
   <sheets>
     <sheet name="Event results" sheetId="1" r:id="rId1"/>
+    <sheet name="Round 1" sheetId="2" r:id="rId2"/>
+    <sheet name="Round 2" sheetId="3" r:id="rId3"/>
+    <sheet name="Round 3" sheetId="4" r:id="rId4"/>
+    <sheet name="Round 4" sheetId="5" r:id="rId5"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/metadata.xml><?xml version="1.0" encoding="utf-8"?>
 <metadata xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:xlrd="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata" xmlns:xda="http://schemas.microsoft.com/office/spreadsheetml/2017/dynamicarray">
   <metadataTypes count="1">
     <metadataType name="XLDAPR" minSupportedVersion="120000" copy="1" pasteAll="1" pasteValues="1" merge="1" splitFirst="1" rowColShift="1" clearFormats="1" clearComments="1" assign="1" coerce="1" cellMeta="1"/>
   </metadataTypes>
   <futureMetadata name="XLDAPR" count="1">
     <bk>
       <extLst>
         <ext uri="{bdbb8cdc-fa1e-496e-a857-3c3f30c029c3}">
           <xda:dynamicArrayProperties fDynamic="1" fCollapsed="0"/>
         </ext>
       </extLst>
     </bk>
   </futureMetadata>
   <cellMetadata count="1">
     <bk>
       <rc t="1" v="0"/>
     </bk>
   </cellMetadata>
 </metadata>
 </file>
@@ -85,51 +93,51 @@
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleMedium4"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sheetMetadata" Target="metadata.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -410,51 +418,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:P2"/>
+  <dimension ref="A1:P34"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="22.83203125" customWidth="1"/>
     <col min="10" max="10" width="22.83203125" customWidth="1"/>
     <col min="11" max="11" width="22.83203125" customWidth="1"/>
     <col min="12" max="12" width="22.83203125" customWidth="1"/>
     <col min="13" max="13" width="19.83203125" customWidth="1"/>
     <col min="14" max="14" width="19.83203125" customWidth="1"/>
     <col min="15" max="15" width="19.83203125" customWidth="1"/>
     <col min="16" max="16" width="19.83203125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" t="str">
         <v>division</v>
@@ -483,56 +491,9190 @@
       <c r="I1" t="str">
         <v>round_1_relative_score</v>
       </c>
       <c r="J1" t="str">
         <v>round_2_relative_score</v>
       </c>
       <c r="K1" t="str">
         <v>round_3_relative_score</v>
       </c>
       <c r="L1" t="str">
         <v>round_4_relative_score</v>
       </c>
       <c r="M1" t="str">
         <v>round_1_total_score</v>
       </c>
       <c r="N1" t="str">
         <v>round_2_total_score</v>
       </c>
       <c r="O1" t="str">
         <v>round_3_total_score</v>
       </c>
       <c r="P1" t="str">
         <v>round_4_total_score</v>
       </c>
     </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B2" t="str">
+        <v>1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Oliver</v>
+      </c>
+      <c r="E2">
+        <v>-18</v>
+      </c>
+      <c r="F2">
+        <v>100</v>
+      </c>
+      <c r="G2">
+        <v>297398</v>
+      </c>
+      <c r="H2" t="str">
+        <v>olliorbit</v>
+      </c>
+      <c r="I2">
+        <v>-5</v>
+      </c>
+      <c r="J2">
+        <v>-5</v>
+      </c>
+      <c r="K2">
+        <v>-4</v>
+      </c>
+      <c r="L2">
+        <v>-4</v>
+      </c>
+      <c r="M2">
+        <v>22</v>
+      </c>
+      <c r="N2">
+        <v>27</v>
+      </c>
+      <c r="O2">
+        <v>23</v>
+      </c>
+      <c r="P2">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B3" t="str">
+        <v>2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Hennes Scherer</v>
+      </c>
+      <c r="E3">
+        <v>-11</v>
+      </c>
+      <c r="F3">
+        <v>107</v>
+      </c>
+      <c r="H3" t="str">
+        <v>synkretismus</v>
+      </c>
+      <c r="I3">
+        <v>-3</v>
+      </c>
+      <c r="J3">
+        <v>-5</v>
+      </c>
+      <c r="K3">
+        <v>-1</v>
+      </c>
+      <c r="L3">
+        <v>-2</v>
+      </c>
+      <c r="M3">
+        <v>24</v>
+      </c>
+      <c r="N3">
+        <v>27</v>
+      </c>
+      <c r="O3">
+        <v>26</v>
+      </c>
+      <c r="P3">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B4" t="str">
+        <v>3</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Gustav Immelmann</v>
+      </c>
+      <c r="E4">
+        <v>-8</v>
+      </c>
+      <c r="F4">
+        <v>110</v>
+      </c>
+      <c r="G4">
+        <v>181357</v>
+      </c>
+      <c r="H4" t="str">
+        <v>vethos</v>
+      </c>
+      <c r="I4">
+        <v>-1</v>
+      </c>
+      <c r="J4">
+        <v>-1</v>
+      </c>
+      <c r="K4">
+        <v>-5</v>
+      </c>
+      <c r="L4">
+        <v>-1</v>
+      </c>
+      <c r="M4">
+        <v>26</v>
+      </c>
+      <c r="N4">
+        <v>31</v>
+      </c>
+      <c r="O4">
+        <v>22</v>
+      </c>
+      <c r="P4">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B5" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C5">
+        <v>4</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Marius Völter</v>
+      </c>
+      <c r="E5">
+        <v>-6</v>
+      </c>
+      <c r="F5">
+        <v>112</v>
+      </c>
+      <c r="H5" t="str">
+        <v>mönchshausener</v>
+      </c>
+      <c r="I5">
+        <v>-1</v>
+      </c>
+      <c r="J5">
+        <v>-4</v>
+      </c>
+      <c r="K5">
+        <v>1</v>
+      </c>
+      <c r="L5">
+        <v>-2</v>
+      </c>
+      <c r="M5">
+        <v>26</v>
+      </c>
+      <c r="N5">
+        <v>28</v>
+      </c>
+      <c r="O5">
+        <v>28</v>
+      </c>
+      <c r="P5">
+        <v>30</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B6" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C6">
+        <v>4</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Toni Pardun</v>
+      </c>
+      <c r="E6">
+        <v>-6</v>
+      </c>
+      <c r="F6">
+        <v>112</v>
+      </c>
+      <c r="H6" t="str">
+        <v>tonimahoni</v>
+      </c>
+      <c r="I6">
+        <v>-5</v>
+      </c>
+      <c r="J6">
+        <v>0</v>
+      </c>
+      <c r="K6">
+        <v>-1</v>
+      </c>
+      <c r="L6">
+        <v>0</v>
+      </c>
+      <c r="M6">
+        <v>22</v>
+      </c>
+      <c r="N6">
+        <v>32</v>
+      </c>
+      <c r="O6">
+        <v>26</v>
+      </c>
+      <c r="P6">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B7" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C7">
+        <v>4</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Stefan Gramkow</v>
+      </c>
+      <c r="E7">
+        <v>-6</v>
+      </c>
+      <c r="F7">
+        <v>112</v>
+      </c>
+      <c r="H7" t="str">
+        <v>sirmops</v>
+      </c>
+      <c r="I7">
+        <v>-3</v>
+      </c>
+      <c r="J7">
+        <v>-3</v>
+      </c>
+      <c r="K7">
+        <v>-2</v>
+      </c>
+      <c r="L7">
+        <v>2</v>
+      </c>
+      <c r="M7">
+        <v>24</v>
+      </c>
+      <c r="N7">
+        <v>29</v>
+      </c>
+      <c r="O7">
+        <v>25</v>
+      </c>
+      <c r="P7">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B8" t="str">
+        <v>7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Lars Reuter</v>
+      </c>
+      <c r="E8">
+        <v>-3</v>
+      </c>
+      <c r="F8">
+        <v>115</v>
+      </c>
+      <c r="H8" t="str">
+        <v>larsek</v>
+      </c>
+      <c r="I8">
+        <v>-2</v>
+      </c>
+      <c r="J8">
+        <v>-1</v>
+      </c>
+      <c r="K8">
+        <v>-1</v>
+      </c>
+      <c r="L8">
+        <v>1</v>
+      </c>
+      <c r="M8">
+        <v>25</v>
+      </c>
+      <c r="N8">
+        <v>31</v>
+      </c>
+      <c r="O8">
+        <v>26</v>
+      </c>
+      <c r="P8">
+        <v>33</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B9" t="str">
+        <v>8</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Max Rückert</v>
+      </c>
+      <c r="E9">
+        <v>-2</v>
+      </c>
+      <c r="F9">
+        <v>116</v>
+      </c>
+      <c r="H9" t="str">
+        <v>maxerdg</v>
+      </c>
+      <c r="I9">
+        <v>2</v>
+      </c>
+      <c r="J9">
+        <v>0</v>
+      </c>
+      <c r="K9">
+        <v>-3</v>
+      </c>
+      <c r="L9">
+        <v>-1</v>
+      </c>
+      <c r="M9">
+        <v>29</v>
+      </c>
+      <c r="N9">
+        <v>32</v>
+      </c>
+      <c r="O9">
+        <v>24</v>
+      </c>
+      <c r="P9">
+        <v>31</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B10" t="str">
+        <v>9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Tom Bonitz</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>117</v>
+      </c>
+      <c r="H10" t="str">
+        <v>tombonitz</v>
+      </c>
+      <c r="I10">
+        <v>-2</v>
+      </c>
+      <c r="J10">
+        <v>0</v>
+      </c>
+      <c r="K10">
+        <v>1</v>
+      </c>
+      <c r="L10">
+        <v>0</v>
+      </c>
+      <c r="M10">
+        <v>25</v>
+      </c>
+      <c r="N10">
+        <v>32</v>
+      </c>
+      <c r="O10">
+        <v>28</v>
+      </c>
+      <c r="P10">
+        <v>32</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B11" t="str">
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Matthias Jonas</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
+      </c>
+      <c r="F11">
+        <v>119</v>
+      </c>
+      <c r="G11">
+        <v>136146</v>
+      </c>
+      <c r="H11" t="str">
+        <v>matzen87</v>
+      </c>
+      <c r="I11">
+        <v>0</v>
+      </c>
+      <c r="J11">
+        <v>-1</v>
+      </c>
+      <c r="K11">
+        <v>-1</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>27</v>
+      </c>
+      <c r="N11">
+        <v>31</v>
+      </c>
+      <c r="O11">
+        <v>26</v>
+      </c>
+      <c r="P11">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B12" t="str">
+        <v>11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Tom Freydank</v>
+      </c>
+      <c r="E12">
+        <v>2</v>
+      </c>
+      <c r="F12">
+        <v>120</v>
+      </c>
+      <c r="H12" t="str">
+        <v>tomfr99</v>
+      </c>
+      <c r="I12">
+        <v>-1</v>
+      </c>
+      <c r="J12">
+        <v>1</v>
+      </c>
+      <c r="K12">
+        <v>-1</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>26</v>
+      </c>
+      <c r="N12">
+        <v>33</v>
+      </c>
+      <c r="O12">
+        <v>26</v>
+      </c>
+      <c r="P12">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Oliver Enghardt</v>
+      </c>
+      <c r="E13">
+        <v>4</v>
+      </c>
+      <c r="F13">
+        <v>122</v>
+      </c>
+      <c r="H13" t="str">
+        <v>scrotty</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13">
+        <v>4</v>
+      </c>
+      <c r="K13">
+        <v>-3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>27</v>
+      </c>
+      <c r="N13">
+        <v>36</v>
+      </c>
+      <c r="O13">
+        <v>24</v>
+      </c>
+      <c r="P13">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B14" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Jascha L.</v>
+      </c>
+      <c r="E14">
+        <v>7</v>
+      </c>
+      <c r="F14">
+        <v>125</v>
+      </c>
+      <c r="H14" t="str">
+        <v>jashroom</v>
+      </c>
+      <c r="I14">
+        <v>-1</v>
+      </c>
+      <c r="J14">
+        <v>5</v>
+      </c>
+      <c r="K14">
+        <v>0</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>26</v>
+      </c>
+      <c r="N14">
+        <v>37</v>
+      </c>
+      <c r="O14">
+        <v>27</v>
+      </c>
+      <c r="P14">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B15" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C15">
+        <v>13</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Benjamin Salopiata</v>
+      </c>
+      <c r="E15">
+        <v>7</v>
+      </c>
+      <c r="F15">
+        <v>125</v>
+      </c>
+      <c r="H15" t="str">
+        <v>bennybunny</v>
+      </c>
+      <c r="I15">
+        <v>2</v>
+      </c>
+      <c r="J15">
+        <v>1</v>
+      </c>
+      <c r="K15">
+        <v>1</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>29</v>
+      </c>
+      <c r="N15">
+        <v>33</v>
+      </c>
+      <c r="O15">
+        <v>28</v>
+      </c>
+      <c r="P15">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B16" t="str">
+        <v>15</v>
+      </c>
+      <c r="C16">
+        <v>15</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Philipp Turski</v>
+      </c>
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16">
+        <v>126</v>
+      </c>
+      <c r="H16" t="str">
+        <v>schmusibeer</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16">
+        <v>1</v>
+      </c>
+      <c r="K16">
+        <v>2</v>
+      </c>
+      <c r="L16">
+        <v>5</v>
+      </c>
+      <c r="M16">
+        <v>27</v>
+      </c>
+      <c r="N16">
+        <v>33</v>
+      </c>
+      <c r="O16">
+        <v>29</v>
+      </c>
+      <c r="P16">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B17" t="str">
+        <v>16</v>
+      </c>
+      <c r="C17">
+        <v>16</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Mirko Strate</v>
+      </c>
+      <c r="E17">
+        <v>10</v>
+      </c>
+      <c r="F17">
+        <v>128</v>
+      </c>
+      <c r="H17" t="str">
+        <v>eccobold</v>
+      </c>
+      <c r="I17">
+        <v>2</v>
+      </c>
+      <c r="J17">
+        <v>-1</v>
+      </c>
+      <c r="K17">
+        <v>2</v>
+      </c>
+      <c r="L17">
+        <v>7</v>
+      </c>
+      <c r="M17">
+        <v>29</v>
+      </c>
+      <c r="N17">
+        <v>31</v>
+      </c>
+      <c r="O17">
+        <v>29</v>
+      </c>
+      <c r="P17">
+        <v>39</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C18">
+        <v>17</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Jannik Rohmann</v>
+      </c>
+      <c r="E18">
+        <v>11</v>
+      </c>
+      <c r="F18">
+        <v>129</v>
+      </c>
+      <c r="G18">
+        <v>254646</v>
+      </c>
+      <c r="H18" t="str">
+        <v>tiedlegend</v>
+      </c>
+      <c r="I18">
+        <v>3</v>
+      </c>
+      <c r="J18">
+        <v>4</v>
+      </c>
+      <c r="K18">
+        <v>2</v>
+      </c>
+      <c r="L18">
+        <v>2</v>
+      </c>
+      <c r="M18">
+        <v>30</v>
+      </c>
+      <c r="N18">
+        <v>36</v>
+      </c>
+      <c r="O18">
+        <v>29</v>
+      </c>
+      <c r="P18">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C19">
+        <v>17</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Hannes Strübing</v>
+      </c>
+      <c r="E19">
+        <v>11</v>
+      </c>
+      <c r="F19">
+        <v>129</v>
+      </c>
+      <c r="H19" t="str">
+        <v>treibschlag</v>
+      </c>
+      <c r="I19">
+        <v>3</v>
+      </c>
+      <c r="J19">
+        <v>3</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>2</v>
+      </c>
+      <c r="M19">
+        <v>30</v>
+      </c>
+      <c r="N19">
+        <v>35</v>
+      </c>
+      <c r="O19">
+        <v>30</v>
+      </c>
+      <c r="P19">
+        <v>34</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B20" t="str">
+        <v>19</v>
+      </c>
+      <c r="C20">
+        <v>19</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Martin B.</v>
+      </c>
+      <c r="E20">
+        <v>14</v>
+      </c>
+      <c r="F20">
+        <v>132</v>
+      </c>
+      <c r="H20" t="str">
+        <v>mellow80</v>
+      </c>
+      <c r="I20">
+        <v>1</v>
+      </c>
+      <c r="J20">
+        <v>8</v>
+      </c>
+      <c r="K20">
+        <v>0</v>
+      </c>
+      <c r="L20">
+        <v>5</v>
+      </c>
+      <c r="M20">
+        <v>28</v>
+      </c>
+      <c r="N20">
+        <v>40</v>
+      </c>
+      <c r="O20">
+        <v>27</v>
+      </c>
+      <c r="P20">
+        <v>37</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B21" t="str">
+        <v>20</v>
+      </c>
+      <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Mattes Höft</v>
+      </c>
+      <c r="E21">
+        <v>15</v>
+      </c>
+      <c r="F21">
+        <v>133</v>
+      </c>
+      <c r="H21" t="str">
+        <v>mattimcfly86</v>
+      </c>
+      <c r="I21">
+        <v>1</v>
+      </c>
+      <c r="J21">
+        <v>6</v>
+      </c>
+      <c r="K21">
+        <v>2</v>
+      </c>
+      <c r="L21">
+        <v>6</v>
+      </c>
+      <c r="M21">
+        <v>28</v>
+      </c>
+      <c r="N21">
+        <v>38</v>
+      </c>
+      <c r="O21">
+        <v>29</v>
+      </c>
+      <c r="P21">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C22">
+        <v>21</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Claas Zäncker</v>
+      </c>
+      <c r="E22">
+        <v>16</v>
+      </c>
+      <c r="F22">
+        <v>134</v>
+      </c>
+      <c r="H22" t="str">
+        <v>claasinger</v>
+      </c>
+      <c r="I22">
+        <v>3</v>
+      </c>
+      <c r="J22">
+        <v>7</v>
+      </c>
+      <c r="K22">
+        <v>0</v>
+      </c>
+      <c r="L22">
+        <v>6</v>
+      </c>
+      <c r="M22">
+        <v>30</v>
+      </c>
+      <c r="N22">
+        <v>39</v>
+      </c>
+      <c r="O22">
+        <v>27</v>
+      </c>
+      <c r="P22">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C23">
+        <v>21</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Sven Mallé</v>
+      </c>
+      <c r="E23">
+        <v>16</v>
+      </c>
+      <c r="F23">
+        <v>134</v>
+      </c>
+      <c r="H23" t="str">
+        <v>sven0708</v>
+      </c>
+      <c r="I23">
+        <v>4</v>
+      </c>
+      <c r="J23">
+        <v>4</v>
+      </c>
+      <c r="K23">
+        <v>2</v>
+      </c>
+      <c r="L23">
+        <v>6</v>
+      </c>
+      <c r="M23">
+        <v>31</v>
+      </c>
+      <c r="N23">
+        <v>36</v>
+      </c>
+      <c r="O23">
+        <v>29</v>
+      </c>
+      <c r="P23">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T23</v>
+      </c>
+      <c r="C24">
+        <v>23</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Michael Stechert</v>
+      </c>
+      <c r="E24">
+        <v>24</v>
+      </c>
+      <c r="F24">
+        <v>142</v>
+      </c>
+      <c r="H24" t="str">
+        <v>marconi65</v>
+      </c>
+      <c r="I24">
+        <v>6</v>
+      </c>
+      <c r="J24">
+        <v>8</v>
+      </c>
+      <c r="K24">
+        <v>1</v>
+      </c>
+      <c r="L24">
+        <v>9</v>
+      </c>
+      <c r="M24">
+        <v>33</v>
+      </c>
+      <c r="N24">
+        <v>40</v>
+      </c>
+      <c r="O24">
+        <v>28</v>
+      </c>
+      <c r="P24">
+        <v>41</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T23</v>
+      </c>
+      <c r="C25">
+        <v>23</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Stefan Egger</v>
+      </c>
+      <c r="E25">
+        <v>24</v>
+      </c>
+      <c r="F25">
+        <v>142</v>
+      </c>
+      <c r="H25" t="str">
+        <v>segger</v>
+      </c>
+      <c r="I25">
+        <v>4</v>
+      </c>
+      <c r="J25">
+        <v>9</v>
+      </c>
+      <c r="K25">
+        <v>1</v>
+      </c>
+      <c r="L25">
+        <v>10</v>
+      </c>
+      <c r="M25">
+        <v>31</v>
+      </c>
+      <c r="N25">
+        <v>41</v>
+      </c>
+      <c r="O25">
+        <v>28</v>
+      </c>
+      <c r="P25">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>25</v>
+      </c>
+      <c r="C26">
+        <v>25</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Hannes Bunk</v>
+      </c>
+      <c r="E26">
+        <v>25</v>
+      </c>
+      <c r="F26">
+        <v>143</v>
+      </c>
+      <c r="H26" t="str">
+        <v>hannes25</v>
+      </c>
+      <c r="I26">
+        <v>7</v>
+      </c>
+      <c r="J26">
+        <v>5</v>
+      </c>
+      <c r="K26">
+        <v>7</v>
+      </c>
+      <c r="L26">
+        <v>6</v>
+      </c>
+      <c r="M26">
+        <v>34</v>
+      </c>
+      <c r="N26">
+        <v>37</v>
+      </c>
+      <c r="O26">
+        <v>34</v>
+      </c>
+      <c r="P26">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>26</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Thomas Till</v>
+      </c>
+      <c r="E27">
+        <v>27</v>
+      </c>
+      <c r="F27">
+        <v>145</v>
+      </c>
+      <c r="H27" t="str">
+        <v>tilly59</v>
+      </c>
+      <c r="I27">
+        <v>7</v>
+      </c>
+      <c r="J27">
+        <v>9</v>
+      </c>
+      <c r="K27">
+        <v>5</v>
+      </c>
+      <c r="L27">
+        <v>6</v>
+      </c>
+      <c r="M27">
+        <v>34</v>
+      </c>
+      <c r="N27">
+        <v>41</v>
+      </c>
+      <c r="O27">
+        <v>32</v>
+      </c>
+      <c r="P27">
+        <v>38</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B28" t="str">
+        <v>27</v>
+      </c>
+      <c r="C28">
+        <v>27</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Michael Thiede</v>
+      </c>
+      <c r="E28">
+        <v>28</v>
+      </c>
+      <c r="F28">
+        <v>146</v>
+      </c>
+      <c r="H28" t="str">
+        <v>zores988</v>
+      </c>
+      <c r="I28">
+        <v>6</v>
+      </c>
+      <c r="J28">
+        <v>9</v>
+      </c>
+      <c r="K28">
+        <v>5</v>
+      </c>
+      <c r="L28">
+        <v>8</v>
+      </c>
+      <c r="M28">
+        <v>33</v>
+      </c>
+      <c r="N28">
+        <v>41</v>
+      </c>
+      <c r="O28">
+        <v>32</v>
+      </c>
+      <c r="P28">
+        <v>40</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B29" t="str">
+        <v>28</v>
+      </c>
+      <c r="C29">
+        <v>28</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Bennett Schuldt</v>
+      </c>
+      <c r="E29">
+        <v>40</v>
+      </c>
+      <c r="F29">
+        <v>158</v>
+      </c>
+      <c r="H29" t="str">
+        <v>bennschu</v>
+      </c>
+      <c r="I29">
+        <v>9</v>
+      </c>
+      <c r="J29">
+        <v>10</v>
+      </c>
+      <c r="K29">
+        <v>11</v>
+      </c>
+      <c r="L29">
+        <v>10</v>
+      </c>
+      <c r="M29">
+        <v>36</v>
+      </c>
+      <c r="N29">
+        <v>42</v>
+      </c>
+      <c r="O29">
+        <v>38</v>
+      </c>
+      <c r="P29">
+        <v>42</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B30" t="str">
+        <v>29</v>
+      </c>
+      <c r="C30">
+        <v>29</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Jens Knorr</v>
+      </c>
+      <c r="E30">
+        <v>51</v>
+      </c>
+      <c r="F30">
+        <v>169</v>
+      </c>
+      <c r="H30" t="str">
+        <v>ipmum2202</v>
+      </c>
+      <c r="I30">
+        <v>7</v>
+      </c>
+      <c r="J30">
+        <v>21</v>
+      </c>
+      <c r="K30">
+        <v>11</v>
+      </c>
+      <c r="L30">
+        <v>12</v>
+      </c>
+      <c r="M30">
+        <v>34</v>
+      </c>
+      <c r="N30">
+        <v>53</v>
+      </c>
+      <c r="O30">
+        <v>38</v>
+      </c>
+      <c r="P30">
+        <v>44</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B31" t="str">
+        <v>30</v>
+      </c>
+      <c r="C31">
+        <v>30</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Steffen Barsuhn</v>
+      </c>
+      <c r="E31">
+        <v>68</v>
+      </c>
+      <c r="F31">
+        <v>186</v>
+      </c>
+      <c r="H31" t="str">
+        <v>crawlslasher</v>
+      </c>
+      <c r="I31">
+        <v>11</v>
+      </c>
+      <c r="J31">
+        <v>24</v>
+      </c>
+      <c r="K31">
+        <v>13</v>
+      </c>
+      <c r="L31">
+        <v>20</v>
+      </c>
+      <c r="M31">
+        <v>38</v>
+      </c>
+      <c r="N31">
+        <v>56</v>
+      </c>
+      <c r="O31">
+        <v>40</v>
+      </c>
+      <c r="P31">
+        <v>52</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B32" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Alessandro Bandinelli</v>
+      </c>
+      <c r="E32">
+        <v>21</v>
+      </c>
+      <c r="F32">
+        <v>80</v>
+      </c>
+      <c r="H32" t="str">
+        <v>swondercita</v>
+      </c>
+      <c r="I32">
+        <v>10</v>
+      </c>
+      <c r="J32">
+        <v>11</v>
+      </c>
+      <c r="K32">
+        <v>0</v>
+      </c>
+      <c r="L32">
+        <v>0</v>
+      </c>
+      <c r="M32">
+        <v>37</v>
+      </c>
+      <c r="N32">
+        <v>43</v>
+      </c>
+      <c r="O32">
+        <v>0</v>
+      </c>
+      <c r="P32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Emilio Landi</v>
+      </c>
+      <c r="E33">
+        <v>26</v>
+      </c>
+      <c r="F33">
+        <v>85</v>
+      </c>
+      <c r="H33" t="str">
+        <v>diavelo</v>
+      </c>
+      <c r="I33">
+        <v>12</v>
+      </c>
+      <c r="J33">
+        <v>14</v>
+      </c>
+      <c r="K33">
+        <v>0</v>
+      </c>
+      <c r="L33">
+        <v>0</v>
+      </c>
+      <c r="M33">
+        <v>39</v>
+      </c>
+      <c r="N33">
+        <v>46</v>
+      </c>
+      <c r="O33">
+        <v>0</v>
+      </c>
+      <c r="P33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Diedrichsen Ole</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="H34" t="str">
+        <v>oley1996</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+      <c r="K34">
+        <v>0</v>
+      </c>
+      <c r="L34">
+        <v>0</v>
+      </c>
+      <c r="M34">
+        <v>0</v>
+      </c>
+      <c r="N34">
+        <v>0</v>
+      </c>
+      <c r="O34">
+        <v>0</v>
+      </c>
+      <c r="P34">
+        <v>0</v>
+      </c>
+    </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:P2"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:P34"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:S34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="6.83203125" customWidth="1"/>
+    <col min="12" max="12" width="6.83203125" customWidth="1"/>
+    <col min="13" max="13" width="6.83203125" customWidth="1"/>
+    <col min="14" max="14" width="6.83203125" customWidth="1"/>
+    <col min="15" max="15" width="6.83203125" customWidth="1"/>
+    <col min="16" max="16" width="6.83203125" customWidth="1"/>
+    <col min="17" max="17" width="6.83203125" customWidth="1"/>
+    <col min="18" max="18" width="6.83203125" customWidth="1"/>
+    <col min="19" max="19" width="6.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_9</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B2" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Oliver</v>
+      </c>
+      <c r="E2">
+        <v>-5</v>
+      </c>
+      <c r="F2">
+        <v>22</v>
+      </c>
+      <c r="G2">
+        <v>297398</v>
+      </c>
+      <c r="H2" t="str">
+        <v>olliorbit</v>
+      </c>
+      <c r="I2">
+        <v>-5</v>
+      </c>
+      <c r="J2">
+        <v>22</v>
+      </c>
+      <c r="K2">
+        <v>2</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
+      </c>
+      <c r="N2">
+        <v>2</v>
+      </c>
+      <c r="O2">
+        <v>2</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B3" t="str">
+        <v>T1</v>
+      </c>
+      <c r="C3">
+        <v>1</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Toni Pardun</v>
+      </c>
+      <c r="E3">
+        <v>-5</v>
+      </c>
+      <c r="F3">
+        <v>22</v>
+      </c>
+      <c r="H3" t="str">
+        <v>tonimahoni</v>
+      </c>
+      <c r="I3">
+        <v>-5</v>
+      </c>
+      <c r="J3">
+        <v>22</v>
+      </c>
+      <c r="K3">
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>2</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>2</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>2</v>
+      </c>
+      <c r="R3">
+        <v>2</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B4" t="str">
+        <v>T3</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Hennes Scherer</v>
+      </c>
+      <c r="E4">
+        <v>-3</v>
+      </c>
+      <c r="F4">
+        <v>24</v>
+      </c>
+      <c r="H4" t="str">
+        <v>synkretismus</v>
+      </c>
+      <c r="I4">
+        <v>-3</v>
+      </c>
+      <c r="J4">
+        <v>24</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>4</v>
+      </c>
+      <c r="M4">
+        <v>2</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>2</v>
+      </c>
+      <c r="P4">
+        <v>2</v>
+      </c>
+      <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B5" t="str">
+        <v>T3</v>
+      </c>
+      <c r="C5">
+        <v>3</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Stefan Gramkow</v>
+      </c>
+      <c r="E5">
+        <v>-3</v>
+      </c>
+      <c r="F5">
+        <v>24</v>
+      </c>
+      <c r="H5" t="str">
+        <v>sirmops</v>
+      </c>
+      <c r="I5">
+        <v>-3</v>
+      </c>
+      <c r="J5">
+        <v>24</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>3</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>2</v>
+      </c>
+      <c r="O5">
+        <v>2</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>2</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B6" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Lars Reuter</v>
+      </c>
+      <c r="E6">
+        <v>-2</v>
+      </c>
+      <c r="F6">
+        <v>25</v>
+      </c>
+      <c r="H6" t="str">
+        <v>larsek</v>
+      </c>
+      <c r="I6">
+        <v>-2</v>
+      </c>
+      <c r="J6">
+        <v>25</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>2</v>
+      </c>
+      <c r="O6">
+        <v>2</v>
+      </c>
+      <c r="P6">
+        <v>4</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>2</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B7" t="str">
+        <v>T5</v>
+      </c>
+      <c r="C7">
+        <v>5</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Tom Bonitz</v>
+      </c>
+      <c r="E7">
+        <v>-2</v>
+      </c>
+      <c r="F7">
+        <v>25</v>
+      </c>
+      <c r="H7" t="str">
+        <v>tombonitz</v>
+      </c>
+      <c r="I7">
+        <v>-2</v>
+      </c>
+      <c r="J7">
+        <v>25</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>2</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>2</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B8" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Gustav Immelmann</v>
+      </c>
+      <c r="E8">
+        <v>-1</v>
+      </c>
+      <c r="F8">
+        <v>26</v>
+      </c>
+      <c r="G8">
+        <v>181357</v>
+      </c>
+      <c r="H8" t="str">
+        <v>vethos</v>
+      </c>
+      <c r="I8">
+        <v>-1</v>
+      </c>
+      <c r="J8">
+        <v>26</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>2</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B9" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C9">
+        <v>7</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Jascha L.</v>
+      </c>
+      <c r="E9">
+        <v>-1</v>
+      </c>
+      <c r="F9">
+        <v>26</v>
+      </c>
+      <c r="H9" t="str">
+        <v>jashroom</v>
+      </c>
+      <c r="I9">
+        <v>-1</v>
+      </c>
+      <c r="J9">
+        <v>26</v>
+      </c>
+      <c r="K9">
+        <v>2</v>
+      </c>
+      <c r="L9">
+        <v>2</v>
+      </c>
+      <c r="M9">
+        <v>3</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B10" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C10">
+        <v>7</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Marius Völter</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>26</v>
+      </c>
+      <c r="H10" t="str">
+        <v>mönchshausener</v>
+      </c>
+      <c r="I10">
+        <v>-1</v>
+      </c>
+      <c r="J10">
+        <v>26</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>2</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B11" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C11">
+        <v>7</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Tom Freydank</v>
+      </c>
+      <c r="E11">
+        <v>-1</v>
+      </c>
+      <c r="F11">
+        <v>26</v>
+      </c>
+      <c r="H11" t="str">
+        <v>tomfr99</v>
+      </c>
+      <c r="I11">
+        <v>-1</v>
+      </c>
+      <c r="J11">
+        <v>26</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>3</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>2</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>4</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B12" t="str">
+        <v>T11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Matthias Jonas</v>
+      </c>
+      <c r="E12">
+        <v>0</v>
+      </c>
+      <c r="F12">
+        <v>27</v>
+      </c>
+      <c r="G12">
+        <v>136146</v>
+      </c>
+      <c r="H12" t="str">
+        <v>matzen87</v>
+      </c>
+      <c r="I12">
+        <v>0</v>
+      </c>
+      <c r="J12">
+        <v>27</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>2</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>3</v>
+      </c>
+      <c r="O12">
+        <v>2</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>3</v>
+      </c>
+      <c r="R12">
+        <v>2</v>
+      </c>
+      <c r="S12">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B13" t="str">
+        <v>T11</v>
+      </c>
+      <c r="C13">
+        <v>11</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Oliver Enghardt</v>
+      </c>
+      <c r="E13">
+        <v>0</v>
+      </c>
+      <c r="F13">
+        <v>27</v>
+      </c>
+      <c r="H13" t="str">
+        <v>scrotty</v>
+      </c>
+      <c r="I13">
+        <v>0</v>
+      </c>
+      <c r="J13">
+        <v>27</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>3</v>
+      </c>
+      <c r="N13">
+        <v>3</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>2</v>
+      </c>
+      <c r="S13">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B14" t="str">
+        <v>T11</v>
+      </c>
+      <c r="C14">
+        <v>11</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Philipp Turski</v>
+      </c>
+      <c r="E14">
+        <v>0</v>
+      </c>
+      <c r="F14">
+        <v>27</v>
+      </c>
+      <c r="H14" t="str">
+        <v>schmusibeer</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
+      </c>
+      <c r="J14">
+        <v>27</v>
+      </c>
+      <c r="K14">
+        <v>3</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>2</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>3</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B15" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C15">
+        <v>14</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Martin B.</v>
+      </c>
+      <c r="E15">
+        <v>1</v>
+      </c>
+      <c r="F15">
+        <v>28</v>
+      </c>
+      <c r="H15" t="str">
+        <v>mellow80</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="J15">
+        <v>28</v>
+      </c>
+      <c r="K15">
+        <v>3</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>2</v>
+      </c>
+      <c r="N15">
+        <v>3</v>
+      </c>
+      <c r="O15">
+        <v>3</v>
+      </c>
+      <c r="P15">
+        <v>4</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>2</v>
+      </c>
+      <c r="S15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B16" t="str">
+        <v>T14</v>
+      </c>
+      <c r="C16">
+        <v>14</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Mattes Höft</v>
+      </c>
+      <c r="E16">
+        <v>1</v>
+      </c>
+      <c r="F16">
+        <v>28</v>
+      </c>
+      <c r="H16" t="str">
+        <v>mattimcfly86</v>
+      </c>
+      <c r="I16">
+        <v>1</v>
+      </c>
+      <c r="J16">
+        <v>28</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>3</v>
+      </c>
+      <c r="N16">
+        <v>3</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T16</v>
+      </c>
+      <c r="C17">
+        <v>16</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Benjamin Salopiata</v>
+      </c>
+      <c r="E17">
+        <v>2</v>
+      </c>
+      <c r="F17">
+        <v>29</v>
+      </c>
+      <c r="H17" t="str">
+        <v>bennybunny</v>
+      </c>
+      <c r="I17">
+        <v>2</v>
+      </c>
+      <c r="J17">
+        <v>29</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>3</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>3</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T16</v>
+      </c>
+      <c r="C18">
+        <v>16</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Max Rückert</v>
+      </c>
+      <c r="E18">
+        <v>2</v>
+      </c>
+      <c r="F18">
+        <v>29</v>
+      </c>
+      <c r="H18" t="str">
+        <v>maxerdg</v>
+      </c>
+      <c r="I18">
+        <v>2</v>
+      </c>
+      <c r="J18">
+        <v>29</v>
+      </c>
+      <c r="K18">
+        <v>3</v>
+      </c>
+      <c r="L18">
+        <v>3</v>
+      </c>
+      <c r="M18">
+        <v>2</v>
+      </c>
+      <c r="N18">
+        <v>3</v>
+      </c>
+      <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>4</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>4</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T16</v>
+      </c>
+      <c r="C19">
+        <v>16</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Mirko Strate</v>
+      </c>
+      <c r="E19">
+        <v>2</v>
+      </c>
+      <c r="F19">
+        <v>29</v>
+      </c>
+      <c r="H19" t="str">
+        <v>eccobold</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
+      </c>
+      <c r="J19">
+        <v>29</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>3</v>
+      </c>
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B20" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C20">
+        <v>19</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Jannik Rohmann</v>
+      </c>
+      <c r="E20">
+        <v>3</v>
+      </c>
+      <c r="F20">
+        <v>30</v>
+      </c>
+      <c r="G20">
+        <v>254646</v>
+      </c>
+      <c r="H20" t="str">
+        <v>tiedlegend</v>
+      </c>
+      <c r="I20">
+        <v>3</v>
+      </c>
+      <c r="J20">
+        <v>30</v>
+      </c>
+      <c r="K20">
+        <v>4</v>
+      </c>
+      <c r="L20">
+        <v>3</v>
+      </c>
+      <c r="M20">
+        <v>4</v>
+      </c>
+      <c r="N20">
+        <v>3</v>
+      </c>
+      <c r="O20">
+        <v>3</v>
+      </c>
+      <c r="P20">
+        <v>4</v>
+      </c>
+      <c r="Q20">
+        <v>3</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B21" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C21">
+        <v>19</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Claas Zäncker</v>
+      </c>
+      <c r="E21">
+        <v>3</v>
+      </c>
+      <c r="F21">
+        <v>30</v>
+      </c>
+      <c r="H21" t="str">
+        <v>claasinger</v>
+      </c>
+      <c r="I21">
+        <v>3</v>
+      </c>
+      <c r="J21">
+        <v>30</v>
+      </c>
+      <c r="K21">
+        <v>4</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>3</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>3</v>
+      </c>
+      <c r="Q21">
+        <v>4</v>
+      </c>
+      <c r="R21">
+        <v>4</v>
+      </c>
+      <c r="S21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T19</v>
+      </c>
+      <c r="C22">
+        <v>19</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Hannes Strübing</v>
+      </c>
+      <c r="E22">
+        <v>3</v>
+      </c>
+      <c r="F22">
+        <v>30</v>
+      </c>
+      <c r="H22" t="str">
+        <v>treibschlag</v>
+      </c>
+      <c r="I22">
+        <v>3</v>
+      </c>
+      <c r="J22">
+        <v>30</v>
+      </c>
+      <c r="K22">
+        <v>4</v>
+      </c>
+      <c r="L22">
+        <v>3</v>
+      </c>
+      <c r="M22">
+        <v>4</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
+      </c>
+      <c r="O22">
+        <v>4</v>
+      </c>
+      <c r="P22">
+        <v>3</v>
+      </c>
+      <c r="Q22">
+        <v>3</v>
+      </c>
+      <c r="R22">
+        <v>3</v>
+      </c>
+      <c r="S22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C23">
+        <v>22</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Stefan Egger</v>
+      </c>
+      <c r="E23">
+        <v>4</v>
+      </c>
+      <c r="F23">
+        <v>31</v>
+      </c>
+      <c r="H23" t="str">
+        <v>segger</v>
+      </c>
+      <c r="I23">
+        <v>4</v>
+      </c>
+      <c r="J23">
+        <v>31</v>
+      </c>
+      <c r="K23">
+        <v>3</v>
+      </c>
+      <c r="L23">
+        <v>4</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>3</v>
+      </c>
+      <c r="O23">
+        <v>4</v>
+      </c>
+      <c r="P23">
+        <v>4</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T22</v>
+      </c>
+      <c r="C24">
+        <v>22</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Sven Mallé</v>
+      </c>
+      <c r="E24">
+        <v>4</v>
+      </c>
+      <c r="F24">
+        <v>31</v>
+      </c>
+      <c r="H24" t="str">
+        <v>sven0708</v>
+      </c>
+      <c r="I24">
+        <v>4</v>
+      </c>
+      <c r="J24">
+        <v>31</v>
+      </c>
+      <c r="K24">
+        <v>4</v>
+      </c>
+      <c r="L24">
+        <v>3</v>
+      </c>
+      <c r="M24">
+        <v>2</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>4</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>5</v>
+      </c>
+      <c r="R24">
+        <v>3</v>
+      </c>
+      <c r="S24">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T24</v>
+      </c>
+      <c r="C25">
+        <v>24</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Michael Stechert</v>
+      </c>
+      <c r="E25">
+        <v>6</v>
+      </c>
+      <c r="F25">
+        <v>33</v>
+      </c>
+      <c r="H25" t="str">
+        <v>marconi65</v>
+      </c>
+      <c r="I25">
+        <v>6</v>
+      </c>
+      <c r="J25">
+        <v>33</v>
+      </c>
+      <c r="K25">
+        <v>5</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
+      </c>
+      <c r="M25">
+        <v>4</v>
+      </c>
+      <c r="N25">
+        <v>3</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>4</v>
+      </c>
+      <c r="Q25">
+        <v>3</v>
+      </c>
+      <c r="R25">
+        <v>4</v>
+      </c>
+      <c r="S25">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>T24</v>
+      </c>
+      <c r="C26">
+        <v>24</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Michael Thiede</v>
+      </c>
+      <c r="E26">
+        <v>6</v>
+      </c>
+      <c r="F26">
+        <v>33</v>
+      </c>
+      <c r="H26" t="str">
+        <v>zores988</v>
+      </c>
+      <c r="I26">
+        <v>6</v>
+      </c>
+      <c r="J26">
+        <v>33</v>
+      </c>
+      <c r="K26">
+        <v>3</v>
+      </c>
+      <c r="L26">
+        <v>4</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>3</v>
+      </c>
+      <c r="O26">
+        <v>6</v>
+      </c>
+      <c r="P26">
+        <v>3</v>
+      </c>
+      <c r="Q26">
+        <v>4</v>
+      </c>
+      <c r="R26">
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>T26</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Hannes Bunk</v>
+      </c>
+      <c r="E27">
+        <v>7</v>
+      </c>
+      <c r="F27">
+        <v>34</v>
+      </c>
+      <c r="H27" t="str">
+        <v>hannes25</v>
+      </c>
+      <c r="I27">
+        <v>7</v>
+      </c>
+      <c r="J27">
+        <v>34</v>
+      </c>
+      <c r="K27">
+        <v>4</v>
+      </c>
+      <c r="L27">
+        <v>3</v>
+      </c>
+      <c r="M27">
+        <v>3</v>
+      </c>
+      <c r="N27">
+        <v>4</v>
+      </c>
+      <c r="O27">
+        <v>4</v>
+      </c>
+      <c r="P27">
+        <v>5</v>
+      </c>
+      <c r="Q27">
+        <v>4</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B28" t="str">
+        <v>T26</v>
+      </c>
+      <c r="C28">
+        <v>26</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Jens Knorr</v>
+      </c>
+      <c r="E28">
+        <v>7</v>
+      </c>
+      <c r="F28">
+        <v>34</v>
+      </c>
+      <c r="H28" t="str">
+        <v>ipmum2202</v>
+      </c>
+      <c r="I28">
+        <v>7</v>
+      </c>
+      <c r="J28">
+        <v>34</v>
+      </c>
+      <c r="K28">
+        <v>4</v>
+      </c>
+      <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>3</v>
+      </c>
+      <c r="O28">
+        <v>3</v>
+      </c>
+      <c r="P28">
+        <v>6</v>
+      </c>
+      <c r="Q28">
+        <v>4</v>
+      </c>
+      <c r="R28">
+        <v>5</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B29" t="str">
+        <v>T26</v>
+      </c>
+      <c r="C29">
+        <v>26</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Thomas Till</v>
+      </c>
+      <c r="E29">
+        <v>7</v>
+      </c>
+      <c r="F29">
+        <v>34</v>
+      </c>
+      <c r="H29" t="str">
+        <v>tilly59</v>
+      </c>
+      <c r="I29">
+        <v>7</v>
+      </c>
+      <c r="J29">
+        <v>34</v>
+      </c>
+      <c r="K29">
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>4</v>
+      </c>
+      <c r="M29">
+        <v>2</v>
+      </c>
+      <c r="N29">
+        <v>3</v>
+      </c>
+      <c r="O29">
+        <v>4</v>
+      </c>
+      <c r="P29">
+        <v>4</v>
+      </c>
+      <c r="Q29">
+        <v>5</v>
+      </c>
+      <c r="R29">
+        <v>4</v>
+      </c>
+      <c r="S29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B30" t="str">
+        <v>29</v>
+      </c>
+      <c r="C30">
+        <v>29</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Bennett Schuldt</v>
+      </c>
+      <c r="E30">
+        <v>9</v>
+      </c>
+      <c r="F30">
+        <v>36</v>
+      </c>
+      <c r="H30" t="str">
+        <v>bennschu</v>
+      </c>
+      <c r="I30">
+        <v>9</v>
+      </c>
+      <c r="J30">
+        <v>36</v>
+      </c>
+      <c r="K30">
+        <v>4</v>
+      </c>
+      <c r="L30">
+        <v>4</v>
+      </c>
+      <c r="M30">
+        <v>4</v>
+      </c>
+      <c r="N30">
+        <v>3</v>
+      </c>
+      <c r="O30">
+        <v>6</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
+        <v>3</v>
+      </c>
+      <c r="R30">
+        <v>3</v>
+      </c>
+      <c r="S30">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B31" t="str">
+        <v>30</v>
+      </c>
+      <c r="C31">
+        <v>30</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Alessandro Bandinelli</v>
+      </c>
+      <c r="E31">
+        <v>10</v>
+      </c>
+      <c r="F31">
+        <v>37</v>
+      </c>
+      <c r="H31" t="str">
+        <v>swondercita</v>
+      </c>
+      <c r="I31">
+        <v>10</v>
+      </c>
+      <c r="J31">
+        <v>37</v>
+      </c>
+      <c r="K31">
+        <v>3</v>
+      </c>
+      <c r="L31">
+        <v>3</v>
+      </c>
+      <c r="M31">
+        <v>4</v>
+      </c>
+      <c r="N31">
+        <v>3</v>
+      </c>
+      <c r="O31">
+        <v>5</v>
+      </c>
+      <c r="P31">
+        <v>5</v>
+      </c>
+      <c r="Q31">
+        <v>5</v>
+      </c>
+      <c r="R31">
+        <v>5</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B32" t="str">
+        <v>31</v>
+      </c>
+      <c r="C32">
+        <v>31</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Steffen Barsuhn</v>
+      </c>
+      <c r="E32">
+        <v>11</v>
+      </c>
+      <c r="F32">
+        <v>38</v>
+      </c>
+      <c r="H32" t="str">
+        <v>crawlslasher</v>
+      </c>
+      <c r="I32">
+        <v>11</v>
+      </c>
+      <c r="J32">
+        <v>38</v>
+      </c>
+      <c r="K32">
+        <v>5</v>
+      </c>
+      <c r="L32">
+        <v>4</v>
+      </c>
+      <c r="M32">
+        <v>4</v>
+      </c>
+      <c r="N32">
+        <v>4</v>
+      </c>
+      <c r="O32">
+        <v>4</v>
+      </c>
+      <c r="P32">
+        <v>5</v>
+      </c>
+      <c r="Q32">
+        <v>4</v>
+      </c>
+      <c r="R32">
+        <v>4</v>
+      </c>
+      <c r="S32">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B33" t="str">
+        <v>32</v>
+      </c>
+      <c r="C33">
+        <v>32</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Emilio Landi</v>
+      </c>
+      <c r="E33">
+        <v>12</v>
+      </c>
+      <c r="F33">
+        <v>39</v>
+      </c>
+      <c r="H33" t="str">
+        <v>diavelo</v>
+      </c>
+      <c r="I33">
+        <v>12</v>
+      </c>
+      <c r="J33">
+        <v>39</v>
+      </c>
+      <c r="K33">
+        <v>4</v>
+      </c>
+      <c r="L33">
+        <v>5</v>
+      </c>
+      <c r="M33">
+        <v>4</v>
+      </c>
+      <c r="N33">
+        <v>5</v>
+      </c>
+      <c r="O33">
+        <v>3</v>
+      </c>
+      <c r="P33">
+        <v>5</v>
+      </c>
+      <c r="Q33">
+        <v>4</v>
+      </c>
+      <c r="R33">
+        <v>5</v>
+      </c>
+      <c r="S33">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Diedrichsen Ole</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="H34" t="str">
+        <v>oley1996</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:S34"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:S34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="7.83203125" customWidth="1"/>
+    <col min="12" max="12" width="7.83203125" customWidth="1"/>
+    <col min="13" max="13" width="7.83203125" customWidth="1"/>
+    <col min="14" max="14" width="7.83203125" customWidth="1"/>
+    <col min="15" max="15" width="7.83203125" customWidth="1"/>
+    <col min="16" max="16" width="7.83203125" customWidth="1"/>
+    <col min="17" max="17" width="7.83203125" customWidth="1"/>
+    <col min="18" max="18" width="7.83203125" customWidth="1"/>
+    <col min="19" max="19" width="7.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_E1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_E2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_E3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_E4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_E5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_E6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_E7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_E8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_E9</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B2" t="str">
+        <v>1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Oliver</v>
+      </c>
+      <c r="E2">
+        <v>-10</v>
+      </c>
+      <c r="F2">
+        <v>49</v>
+      </c>
+      <c r="G2">
+        <v>297398</v>
+      </c>
+      <c r="H2" t="str">
+        <v>olliorbit</v>
+      </c>
+      <c r="I2">
+        <v>-5</v>
+      </c>
+      <c r="J2">
+        <v>27</v>
+      </c>
+      <c r="K2">
+        <v>4</v>
+      </c>
+      <c r="L2">
+        <v>4</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>3</v>
+      </c>
+      <c r="O2">
+        <v>2</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>4</v>
+      </c>
+      <c r="R2">
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B3" t="str">
+        <v>2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Hennes Scherer</v>
+      </c>
+      <c r="E3">
+        <v>-8</v>
+      </c>
+      <c r="F3">
+        <v>51</v>
+      </c>
+      <c r="H3" t="str">
+        <v>synkretismus</v>
+      </c>
+      <c r="I3">
+        <v>-5</v>
+      </c>
+      <c r="J3">
+        <v>27</v>
+      </c>
+      <c r="K3">
+        <v>4</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>4</v>
+      </c>
+      <c r="O3">
+        <v>2</v>
+      </c>
+      <c r="P3">
+        <v>3</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B4" t="str">
+        <v>3</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Stefan Gramkow</v>
+      </c>
+      <c r="E4">
+        <v>-6</v>
+      </c>
+      <c r="F4">
+        <v>53</v>
+      </c>
+      <c r="H4" t="str">
+        <v>sirmops</v>
+      </c>
+      <c r="I4">
+        <v>-3</v>
+      </c>
+      <c r="J4">
+        <v>29</v>
+      </c>
+      <c r="K4">
+        <v>4</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>4</v>
+      </c>
+      <c r="N4">
+        <v>4</v>
+      </c>
+      <c r="O4">
+        <v>2</v>
+      </c>
+      <c r="P4">
+        <v>4</v>
+      </c>
+      <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>3</v>
+      </c>
+      <c r="S4">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B5" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C5">
+        <v>4</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Marius Völter</v>
+      </c>
+      <c r="E5">
+        <v>-5</v>
+      </c>
+      <c r="F5">
+        <v>54</v>
+      </c>
+      <c r="H5" t="str">
+        <v>mönchshausener</v>
+      </c>
+      <c r="I5">
+        <v>-4</v>
+      </c>
+      <c r="J5">
+        <v>28</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>4</v>
+      </c>
+      <c r="M5">
+        <v>4</v>
+      </c>
+      <c r="N5">
+        <v>4</v>
+      </c>
+      <c r="O5">
+        <v>2</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>4</v>
+      </c>
+      <c r="R5">
+        <v>2</v>
+      </c>
+      <c r="S5">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B6" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C6">
+        <v>4</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Toni Pardun</v>
+      </c>
+      <c r="E6">
+        <v>-5</v>
+      </c>
+      <c r="F6">
+        <v>54</v>
+      </c>
+      <c r="H6" t="str">
+        <v>tonimahoni</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
+      <c r="J6">
+        <v>32</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>4</v>
+      </c>
+      <c r="M6">
+        <v>3</v>
+      </c>
+      <c r="N6">
+        <v>4</v>
+      </c>
+      <c r="O6">
+        <v>2</v>
+      </c>
+      <c r="P6">
+        <v>5</v>
+      </c>
+      <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B7" t="str">
+        <v>6</v>
+      </c>
+      <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Lars Reuter</v>
+      </c>
+      <c r="E7">
+        <v>-3</v>
+      </c>
+      <c r="F7">
+        <v>56</v>
+      </c>
+      <c r="H7" t="str">
+        <v>larsek</v>
+      </c>
+      <c r="I7">
+        <v>-1</v>
+      </c>
+      <c r="J7">
+        <v>31</v>
+      </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>5</v>
+      </c>
+      <c r="N7">
+        <v>4</v>
+      </c>
+      <c r="O7">
+        <v>2</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B8" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Gustav Immelmann</v>
+      </c>
+      <c r="E8">
+        <v>-2</v>
+      </c>
+      <c r="F8">
+        <v>57</v>
+      </c>
+      <c r="G8">
+        <v>181357</v>
+      </c>
+      <c r="H8" t="str">
+        <v>vethos</v>
+      </c>
+      <c r="I8">
+        <v>-1</v>
+      </c>
+      <c r="J8">
+        <v>31</v>
+      </c>
+      <c r="K8">
+        <v>5</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>4</v>
+      </c>
+      <c r="P8">
+        <v>3</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B9" t="str">
+        <v>T7</v>
+      </c>
+      <c r="C9">
+        <v>7</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Tom Bonitz</v>
+      </c>
+      <c r="E9">
+        <v>-2</v>
+      </c>
+      <c r="F9">
+        <v>57</v>
+      </c>
+      <c r="H9" t="str">
+        <v>tombonitz</v>
+      </c>
+      <c r="I9">
+        <v>0</v>
+      </c>
+      <c r="J9">
+        <v>32</v>
+      </c>
+      <c r="K9">
+        <v>4</v>
+      </c>
+      <c r="L9">
+        <v>5</v>
+      </c>
+      <c r="M9">
+        <v>4</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>4</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B10" t="str">
+        <v>9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Matthias Jonas</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>58</v>
+      </c>
+      <c r="G10">
+        <v>136146</v>
+      </c>
+      <c r="H10" t="str">
+        <v>matzen87</v>
+      </c>
+      <c r="I10">
+        <v>-1</v>
+      </c>
+      <c r="J10">
+        <v>31</v>
+      </c>
+      <c r="K10">
+        <v>4</v>
+      </c>
+      <c r="L10">
+        <v>3</v>
+      </c>
+      <c r="M10">
+        <v>4</v>
+      </c>
+      <c r="N10">
+        <v>5</v>
+      </c>
+      <c r="O10">
+        <v>3</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B11" t="str">
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Tom Freydank</v>
+      </c>
+      <c r="E11">
+        <v>0</v>
+      </c>
+      <c r="F11">
+        <v>59</v>
+      </c>
+      <c r="H11" t="str">
+        <v>tomfr99</v>
+      </c>
+      <c r="I11">
+        <v>1</v>
+      </c>
+      <c r="J11">
+        <v>33</v>
+      </c>
+      <c r="K11">
+        <v>5</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
+      </c>
+      <c r="M11">
+        <v>5</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>3</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>4</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B12" t="str">
+        <v>T11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Mirko Strate</v>
+      </c>
+      <c r="E12">
+        <v>1</v>
+      </c>
+      <c r="F12">
+        <v>60</v>
+      </c>
+      <c r="H12" t="str">
+        <v>eccobold</v>
+      </c>
+      <c r="I12">
+        <v>-1</v>
+      </c>
+      <c r="J12">
+        <v>31</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>4</v>
+      </c>
+      <c r="N12">
+        <v>5</v>
+      </c>
+      <c r="O12">
+        <v>2</v>
+      </c>
+      <c r="P12">
+        <v>3</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B13" t="str">
+        <v>T11</v>
+      </c>
+      <c r="C13">
+        <v>11</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Philipp Turski</v>
+      </c>
+      <c r="E13">
+        <v>1</v>
+      </c>
+      <c r="F13">
+        <v>60</v>
+      </c>
+      <c r="H13" t="str">
+        <v>schmusibeer</v>
+      </c>
+      <c r="I13">
+        <v>1</v>
+      </c>
+      <c r="J13">
+        <v>33</v>
+      </c>
+      <c r="K13">
+        <v>4</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>5</v>
+      </c>
+      <c r="N13">
+        <v>4</v>
+      </c>
+      <c r="O13">
+        <v>3</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>4</v>
+      </c>
+      <c r="S13">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B14" t="str">
+        <v>13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Max Rückert</v>
+      </c>
+      <c r="E14">
+        <v>2</v>
+      </c>
+      <c r="F14">
+        <v>61</v>
+      </c>
+      <c r="H14" t="str">
+        <v>maxerdg</v>
+      </c>
+      <c r="I14">
+        <v>0</v>
+      </c>
+      <c r="J14">
+        <v>32</v>
+      </c>
+      <c r="K14">
+        <v>4</v>
+      </c>
+      <c r="L14">
+        <v>4</v>
+      </c>
+      <c r="M14">
+        <v>4</v>
+      </c>
+      <c r="N14">
+        <v>4</v>
+      </c>
+      <c r="O14">
+        <v>2</v>
+      </c>
+      <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>5</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B15" t="str">
+        <v>14</v>
+      </c>
+      <c r="C15">
+        <v>14</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Benjamin Salopiata</v>
+      </c>
+      <c r="E15">
+        <v>3</v>
+      </c>
+      <c r="F15">
+        <v>62</v>
+      </c>
+      <c r="H15" t="str">
+        <v>bennybunny</v>
+      </c>
+      <c r="I15">
+        <v>1</v>
+      </c>
+      <c r="J15">
+        <v>33</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
+        <v>5</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>5</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>4</v>
+      </c>
+      <c r="S15">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B16" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C16">
+        <v>15</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Oliver Enghardt</v>
+      </c>
+      <c r="E16">
+        <v>4</v>
+      </c>
+      <c r="F16">
+        <v>63</v>
+      </c>
+      <c r="H16" t="str">
+        <v>scrotty</v>
+      </c>
+      <c r="I16">
+        <v>4</v>
+      </c>
+      <c r="J16">
+        <v>36</v>
+      </c>
+      <c r="K16">
+        <v>6</v>
+      </c>
+      <c r="L16">
+        <v>5</v>
+      </c>
+      <c r="M16">
+        <v>5</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>4</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C17">
+        <v>15</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Jascha L.</v>
+      </c>
+      <c r="E17">
+        <v>4</v>
+      </c>
+      <c r="F17">
+        <v>63</v>
+      </c>
+      <c r="H17" t="str">
+        <v>jashroom</v>
+      </c>
+      <c r="I17">
+        <v>5</v>
+      </c>
+      <c r="J17">
+        <v>37</v>
+      </c>
+      <c r="K17">
+        <v>6</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>6</v>
+      </c>
+      <c r="N17">
+        <v>4</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>4</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B18" t="str">
+        <v>17</v>
+      </c>
+      <c r="C18">
+        <v>17</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Hannes Strübing</v>
+      </c>
+      <c r="E18">
+        <v>6</v>
+      </c>
+      <c r="F18">
+        <v>65</v>
+      </c>
+      <c r="H18" t="str">
+        <v>treibschlag</v>
+      </c>
+      <c r="I18">
+        <v>3</v>
+      </c>
+      <c r="J18">
+        <v>35</v>
+      </c>
+      <c r="K18">
+        <v>5</v>
+      </c>
+      <c r="L18">
+        <v>4</v>
+      </c>
+      <c r="M18">
+        <v>4</v>
+      </c>
+      <c r="N18">
+        <v>4</v>
+      </c>
+      <c r="O18">
+        <v>4</v>
+      </c>
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>3</v>
+      </c>
+      <c r="S18">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T18</v>
+      </c>
+      <c r="C19">
+        <v>18</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Jannik Rohmann</v>
+      </c>
+      <c r="E19">
+        <v>7</v>
+      </c>
+      <c r="F19">
+        <v>66</v>
+      </c>
+      <c r="G19">
+        <v>254646</v>
+      </c>
+      <c r="H19" t="str">
+        <v>tiedlegend</v>
+      </c>
+      <c r="I19">
+        <v>4</v>
+      </c>
+      <c r="J19">
+        <v>36</v>
+      </c>
+      <c r="K19">
+        <v>5</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>4</v>
+      </c>
+      <c r="N19">
+        <v>4</v>
+      </c>
+      <c r="O19">
+        <v>4</v>
+      </c>
+      <c r="P19">
+        <v>6</v>
+      </c>
+      <c r="Q19">
+        <v>4</v>
+      </c>
+      <c r="R19">
+        <v>4</v>
+      </c>
+      <c r="S19">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B20" t="str">
+        <v>T18</v>
+      </c>
+      <c r="C20">
+        <v>18</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Mattes Höft</v>
+      </c>
+      <c r="E20">
+        <v>7</v>
+      </c>
+      <c r="F20">
+        <v>66</v>
+      </c>
+      <c r="H20" t="str">
+        <v>mattimcfly86</v>
+      </c>
+      <c r="I20">
+        <v>6</v>
+      </c>
+      <c r="J20">
+        <v>38</v>
+      </c>
+      <c r="K20">
+        <v>5</v>
+      </c>
+      <c r="L20">
+        <v>5</v>
+      </c>
+      <c r="M20">
+        <v>4</v>
+      </c>
+      <c r="N20">
+        <v>4</v>
+      </c>
+      <c r="O20">
+        <v>4</v>
+      </c>
+      <c r="P20">
+        <v>5</v>
+      </c>
+      <c r="Q20">
+        <v>5</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B21" t="str">
+        <v>20</v>
+      </c>
+      <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Sven Mallé</v>
+      </c>
+      <c r="E21">
+        <v>8</v>
+      </c>
+      <c r="F21">
+        <v>67</v>
+      </c>
+      <c r="H21" t="str">
+        <v>sven0708</v>
+      </c>
+      <c r="I21">
+        <v>4</v>
+      </c>
+      <c r="J21">
+        <v>36</v>
+      </c>
+      <c r="K21">
+        <v>4</v>
+      </c>
+      <c r="L21">
+        <v>4</v>
+      </c>
+      <c r="M21">
+        <v>5</v>
+      </c>
+      <c r="N21">
+        <v>5</v>
+      </c>
+      <c r="O21">
+        <v>2</v>
+      </c>
+      <c r="P21">
+        <v>4</v>
+      </c>
+      <c r="Q21">
+        <v>5</v>
+      </c>
+      <c r="R21">
+        <v>4</v>
+      </c>
+      <c r="S21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B22" t="str">
+        <v>21</v>
+      </c>
+      <c r="C22">
+        <v>21</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Martin B.</v>
+      </c>
+      <c r="E22">
+        <v>9</v>
+      </c>
+      <c r="F22">
+        <v>68</v>
+      </c>
+      <c r="H22" t="str">
+        <v>mellow80</v>
+      </c>
+      <c r="I22">
+        <v>8</v>
+      </c>
+      <c r="J22">
+        <v>40</v>
+      </c>
+      <c r="K22">
+        <v>5</v>
+      </c>
+      <c r="L22">
+        <v>4</v>
+      </c>
+      <c r="M22">
+        <v>5</v>
+      </c>
+      <c r="N22">
+        <v>4</v>
+      </c>
+      <c r="O22">
+        <v>3</v>
+      </c>
+      <c r="P22">
+        <v>6</v>
+      </c>
+      <c r="Q22">
+        <v>5</v>
+      </c>
+      <c r="R22">
+        <v>3</v>
+      </c>
+      <c r="S22">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B23" t="str">
+        <v>22</v>
+      </c>
+      <c r="C23">
+        <v>22</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Claas Zäncker</v>
+      </c>
+      <c r="E23">
+        <v>10</v>
+      </c>
+      <c r="F23">
+        <v>69</v>
+      </c>
+      <c r="H23" t="str">
+        <v>claasinger</v>
+      </c>
+      <c r="I23">
+        <v>7</v>
+      </c>
+      <c r="J23">
+        <v>39</v>
+      </c>
+      <c r="K23">
+        <v>4</v>
+      </c>
+      <c r="L23">
+        <v>4</v>
+      </c>
+      <c r="M23">
+        <v>5</v>
+      </c>
+      <c r="N23">
+        <v>4</v>
+      </c>
+      <c r="O23">
+        <v>4</v>
+      </c>
+      <c r="P23">
+        <v>6</v>
+      </c>
+      <c r="Q23">
+        <v>5</v>
+      </c>
+      <c r="R23">
+        <v>4</v>
+      </c>
+      <c r="S23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B24" t="str">
+        <v>23</v>
+      </c>
+      <c r="C24">
+        <v>23</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Hannes Bunk</v>
+      </c>
+      <c r="E24">
+        <v>12</v>
+      </c>
+      <c r="F24">
+        <v>71</v>
+      </c>
+      <c r="H24" t="str">
+        <v>hannes25</v>
+      </c>
+      <c r="I24">
+        <v>5</v>
+      </c>
+      <c r="J24">
+        <v>37</v>
+      </c>
+      <c r="K24">
+        <v>4</v>
+      </c>
+      <c r="L24">
+        <v>5</v>
+      </c>
+      <c r="M24">
+        <v>6</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>4</v>
+      </c>
+      <c r="P24">
+        <v>4</v>
+      </c>
+      <c r="Q24">
+        <v>4</v>
+      </c>
+      <c r="R24">
+        <v>4</v>
+      </c>
+      <c r="S24">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>24</v>
+      </c>
+      <c r="C25">
+        <v>24</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Stefan Egger</v>
+      </c>
+      <c r="E25">
+        <v>13</v>
+      </c>
+      <c r="F25">
+        <v>72</v>
+      </c>
+      <c r="H25" t="str">
+        <v>segger</v>
+      </c>
+      <c r="I25">
+        <v>9</v>
+      </c>
+      <c r="J25">
+        <v>41</v>
+      </c>
+      <c r="K25">
+        <v>6</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
+      </c>
+      <c r="M25">
+        <v>6</v>
+      </c>
+      <c r="N25">
+        <v>4</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>5</v>
+      </c>
+      <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
+        <v>4</v>
+      </c>
+      <c r="S25">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>25</v>
+      </c>
+      <c r="C26">
+        <v>25</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Michael Stechert</v>
+      </c>
+      <c r="E26">
+        <v>14</v>
+      </c>
+      <c r="F26">
+        <v>73</v>
+      </c>
+      <c r="H26" t="str">
+        <v>marconi65</v>
+      </c>
+      <c r="I26">
+        <v>8</v>
+      </c>
+      <c r="J26">
+        <v>40</v>
+      </c>
+      <c r="K26">
+        <v>5</v>
+      </c>
+      <c r="L26">
+        <v>5</v>
+      </c>
+      <c r="M26">
+        <v>6</v>
+      </c>
+      <c r="N26">
+        <v>5</v>
+      </c>
+      <c r="O26">
+        <v>3</v>
+      </c>
+      <c r="P26">
+        <v>5</v>
+      </c>
+      <c r="Q26">
+        <v>5</v>
+      </c>
+      <c r="R26">
+        <v>4</v>
+      </c>
+      <c r="S26">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>26</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Michael Thiede</v>
+      </c>
+      <c r="E27">
+        <v>15</v>
+      </c>
+      <c r="F27">
+        <v>74</v>
+      </c>
+      <c r="H27" t="str">
+        <v>zores988</v>
+      </c>
+      <c r="I27">
+        <v>9</v>
+      </c>
+      <c r="J27">
+        <v>41</v>
+      </c>
+      <c r="K27">
+        <v>7</v>
+      </c>
+      <c r="L27">
+        <v>5</v>
+      </c>
+      <c r="M27">
+        <v>4</v>
+      </c>
+      <c r="N27">
+        <v>5</v>
+      </c>
+      <c r="O27">
+        <v>4</v>
+      </c>
+      <c r="P27">
+        <v>5</v>
+      </c>
+      <c r="Q27">
+        <v>4</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B28" t="str">
+        <v>27</v>
+      </c>
+      <c r="C28">
+        <v>27</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Thomas Till</v>
+      </c>
+      <c r="E28">
+        <v>16</v>
+      </c>
+      <c r="F28">
+        <v>75</v>
+      </c>
+      <c r="H28" t="str">
+        <v>tilly59</v>
+      </c>
+      <c r="I28">
+        <v>9</v>
+      </c>
+      <c r="J28">
+        <v>41</v>
+      </c>
+      <c r="K28">
+        <v>5</v>
+      </c>
+      <c r="L28">
+        <v>6</v>
+      </c>
+      <c r="M28">
+        <v>5</v>
+      </c>
+      <c r="N28">
+        <v>5</v>
+      </c>
+      <c r="O28">
+        <v>4</v>
+      </c>
+      <c r="P28">
+        <v>5</v>
+      </c>
+      <c r="Q28">
+        <v>5</v>
+      </c>
+      <c r="R28">
+        <v>4</v>
+      </c>
+      <c r="S28">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B29" t="str">
+        <v>28</v>
+      </c>
+      <c r="C29">
+        <v>28</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Bennett Schuldt</v>
+      </c>
+      <c r="E29">
+        <v>19</v>
+      </c>
+      <c r="F29">
+        <v>78</v>
+      </c>
+      <c r="H29" t="str">
+        <v>bennschu</v>
+      </c>
+      <c r="I29">
+        <v>10</v>
+      </c>
+      <c r="J29">
+        <v>42</v>
+      </c>
+      <c r="K29">
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>5</v>
+      </c>
+      <c r="M29">
+        <v>6</v>
+      </c>
+      <c r="N29">
+        <v>5</v>
+      </c>
+      <c r="O29">
+        <v>4</v>
+      </c>
+      <c r="P29">
+        <v>5</v>
+      </c>
+      <c r="Q29">
+        <v>5</v>
+      </c>
+      <c r="R29">
+        <v>5</v>
+      </c>
+      <c r="S29">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B30" t="str">
+        <v>29</v>
+      </c>
+      <c r="C30">
+        <v>29</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Alessandro Bandinelli</v>
+      </c>
+      <c r="E30">
+        <v>21</v>
+      </c>
+      <c r="F30">
+        <v>80</v>
+      </c>
+      <c r="H30" t="str">
+        <v>swondercita</v>
+      </c>
+      <c r="I30">
+        <v>11</v>
+      </c>
+      <c r="J30">
+        <v>43</v>
+      </c>
+      <c r="K30">
+        <v>6</v>
+      </c>
+      <c r="L30">
+        <v>4</v>
+      </c>
+      <c r="M30">
+        <v>5</v>
+      </c>
+      <c r="N30">
+        <v>4</v>
+      </c>
+      <c r="O30">
+        <v>5</v>
+      </c>
+      <c r="P30">
+        <v>6</v>
+      </c>
+      <c r="Q30">
+        <v>6</v>
+      </c>
+      <c r="R30">
+        <v>5</v>
+      </c>
+      <c r="S30">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B31" t="str">
+        <v>30</v>
+      </c>
+      <c r="C31">
+        <v>30</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Emilio Landi</v>
+      </c>
+      <c r="E31">
+        <v>26</v>
+      </c>
+      <c r="F31">
+        <v>85</v>
+      </c>
+      <c r="H31" t="str">
+        <v>diavelo</v>
+      </c>
+      <c r="I31">
+        <v>14</v>
+      </c>
+      <c r="J31">
+        <v>46</v>
+      </c>
+      <c r="K31">
+        <v>5</v>
+      </c>
+      <c r="L31">
+        <v>6</v>
+      </c>
+      <c r="M31">
+        <v>7</v>
+      </c>
+      <c r="N31">
+        <v>6</v>
+      </c>
+      <c r="O31">
+        <v>5</v>
+      </c>
+      <c r="P31">
+        <v>4</v>
+      </c>
+      <c r="Q31">
+        <v>5</v>
+      </c>
+      <c r="R31">
+        <v>4</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B32" t="str">
+        <v>31</v>
+      </c>
+      <c r="C32">
+        <v>31</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Jens Knorr</v>
+      </c>
+      <c r="E32">
+        <v>28</v>
+      </c>
+      <c r="F32">
+        <v>87</v>
+      </c>
+      <c r="H32" t="str">
+        <v>ipmum2202</v>
+      </c>
+      <c r="I32">
+        <v>21</v>
+      </c>
+      <c r="J32">
+        <v>53</v>
+      </c>
+      <c r="K32">
+        <v>5</v>
+      </c>
+      <c r="L32">
+        <v>6</v>
+      </c>
+      <c r="M32">
+        <v>8</v>
+      </c>
+      <c r="N32">
+        <v>8</v>
+      </c>
+      <c r="O32">
+        <v>5</v>
+      </c>
+      <c r="P32">
+        <v>6</v>
+      </c>
+      <c r="Q32">
+        <v>6</v>
+      </c>
+      <c r="R32">
+        <v>4</v>
+      </c>
+      <c r="S32">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B33" t="str">
+        <v>32</v>
+      </c>
+      <c r="C33">
+        <v>32</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Steffen Barsuhn</v>
+      </c>
+      <c r="E33">
+        <v>35</v>
+      </c>
+      <c r="F33">
+        <v>94</v>
+      </c>
+      <c r="H33" t="str">
+        <v>crawlslasher</v>
+      </c>
+      <c r="I33">
+        <v>24</v>
+      </c>
+      <c r="J33">
+        <v>56</v>
+      </c>
+      <c r="K33">
+        <v>7</v>
+      </c>
+      <c r="L33">
+        <v>6</v>
+      </c>
+      <c r="M33">
+        <v>8</v>
+      </c>
+      <c r="N33">
+        <v>8</v>
+      </c>
+      <c r="O33">
+        <v>5</v>
+      </c>
+      <c r="P33">
+        <v>5</v>
+      </c>
+      <c r="Q33">
+        <v>7</v>
+      </c>
+      <c r="R33">
+        <v>5</v>
+      </c>
+      <c r="S33">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Diedrichsen Ole</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="H34" t="str">
+        <v>oley1996</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:S34"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:S34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="6.83203125" customWidth="1"/>
+    <col min="12" max="12" width="6.83203125" customWidth="1"/>
+    <col min="13" max="13" width="6.83203125" customWidth="1"/>
+    <col min="14" max="14" width="6.83203125" customWidth="1"/>
+    <col min="15" max="15" width="6.83203125" customWidth="1"/>
+    <col min="16" max="16" width="6.83203125" customWidth="1"/>
+    <col min="17" max="17" width="6.83203125" customWidth="1"/>
+    <col min="18" max="18" width="6.83203125" customWidth="1"/>
+    <col min="19" max="19" width="6.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_9</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B2" t="str">
+        <v>1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Oliver</v>
+      </c>
+      <c r="E2">
+        <v>-14</v>
+      </c>
+      <c r="F2">
+        <v>72</v>
+      </c>
+      <c r="G2">
+        <v>297398</v>
+      </c>
+      <c r="H2" t="str">
+        <v>olliorbit</v>
+      </c>
+      <c r="I2">
+        <v>-4</v>
+      </c>
+      <c r="J2">
+        <v>23</v>
+      </c>
+      <c r="K2">
+        <v>2</v>
+      </c>
+      <c r="L2">
+        <v>2</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>2</v>
+      </c>
+      <c r="O2">
+        <v>3</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>3</v>
+      </c>
+      <c r="R2">
+        <v>3</v>
+      </c>
+      <c r="S2">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B3" t="str">
+        <v>2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Hennes Scherer</v>
+      </c>
+      <c r="E3">
+        <v>-9</v>
+      </c>
+      <c r="F3">
+        <v>77</v>
+      </c>
+      <c r="H3" t="str">
+        <v>synkretismus</v>
+      </c>
+      <c r="I3">
+        <v>-1</v>
+      </c>
+      <c r="J3">
+        <v>26</v>
+      </c>
+      <c r="K3">
+        <v>3</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>2</v>
+      </c>
+      <c r="N3">
+        <v>2</v>
+      </c>
+      <c r="O3">
+        <v>5</v>
+      </c>
+      <c r="P3">
+        <v>4</v>
+      </c>
+      <c r="Q3">
+        <v>2</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B4" t="str">
+        <v>3</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Stefan Gramkow</v>
+      </c>
+      <c r="E4">
+        <v>-8</v>
+      </c>
+      <c r="F4">
+        <v>78</v>
+      </c>
+      <c r="H4" t="str">
+        <v>sirmops</v>
+      </c>
+      <c r="I4">
+        <v>-2</v>
+      </c>
+      <c r="J4">
+        <v>25</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>2</v>
+      </c>
+      <c r="N4">
+        <v>2</v>
+      </c>
+      <c r="O4">
+        <v>4</v>
+      </c>
+      <c r="P4">
+        <v>3</v>
+      </c>
+      <c r="Q4">
+        <v>3</v>
+      </c>
+      <c r="R4">
+        <v>2</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B5" t="str">
+        <v>4</v>
+      </c>
+      <c r="C5">
+        <v>4</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Gustav Immelmann</v>
+      </c>
+      <c r="E5">
+        <v>-7</v>
+      </c>
+      <c r="F5">
+        <v>79</v>
+      </c>
+      <c r="G5">
+        <v>181357</v>
+      </c>
+      <c r="H5" t="str">
+        <v>vethos</v>
+      </c>
+      <c r="I5">
+        <v>-5</v>
+      </c>
+      <c r="J5">
+        <v>22</v>
+      </c>
+      <c r="K5">
+        <v>3</v>
+      </c>
+      <c r="L5">
+        <v>3</v>
+      </c>
+      <c r="M5">
+        <v>2</v>
+      </c>
+      <c r="N5">
+        <v>2</v>
+      </c>
+      <c r="O5">
+        <v>2</v>
+      </c>
+      <c r="P5">
+        <v>2</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B6" t="str">
+        <v>5</v>
+      </c>
+      <c r="C6">
+        <v>5</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Toni Pardun</v>
+      </c>
+      <c r="E6">
+        <v>-6</v>
+      </c>
+      <c r="F6">
+        <v>80</v>
+      </c>
+      <c r="H6" t="str">
+        <v>tonimahoni</v>
+      </c>
+      <c r="I6">
+        <v>-1</v>
+      </c>
+      <c r="J6">
+        <v>26</v>
+      </c>
+      <c r="K6">
+        <v>2</v>
+      </c>
+      <c r="L6">
+        <v>3</v>
+      </c>
+      <c r="M6">
+        <v>2</v>
+      </c>
+      <c r="N6">
+        <v>4</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>2</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B7" t="str">
+        <v>T6</v>
+      </c>
+      <c r="C7">
+        <v>6</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Lars Reuter</v>
+      </c>
+      <c r="E7">
+        <v>-4</v>
+      </c>
+      <c r="F7">
+        <v>82</v>
+      </c>
+      <c r="H7" t="str">
+        <v>larsek</v>
+      </c>
+      <c r="I7">
+        <v>-1</v>
+      </c>
+      <c r="J7">
+        <v>26</v>
+      </c>
+      <c r="K7">
+        <v>3</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>2</v>
+      </c>
+      <c r="N7">
+        <v>2</v>
+      </c>
+      <c r="O7">
+        <v>4</v>
+      </c>
+      <c r="P7">
+        <v>3</v>
+      </c>
+      <c r="Q7">
+        <v>3</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B8" t="str">
+        <v>T6</v>
+      </c>
+      <c r="C8">
+        <v>6</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Marius Völter</v>
+      </c>
+      <c r="E8">
+        <v>-4</v>
+      </c>
+      <c r="F8">
+        <v>82</v>
+      </c>
+      <c r="H8" t="str">
+        <v>mönchshausener</v>
+      </c>
+      <c r="I8">
+        <v>1</v>
+      </c>
+      <c r="J8">
+        <v>28</v>
+      </c>
+      <c r="K8">
+        <v>3</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>2</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B9" t="str">
+        <v>8</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Matthias Jonas</v>
+      </c>
+      <c r="E9">
+        <v>-2</v>
+      </c>
+      <c r="F9">
+        <v>84</v>
+      </c>
+      <c r="G9">
+        <v>136146</v>
+      </c>
+      <c r="H9" t="str">
+        <v>matzen87</v>
+      </c>
+      <c r="I9">
+        <v>-1</v>
+      </c>
+      <c r="J9">
+        <v>26</v>
+      </c>
+      <c r="K9">
+        <v>3</v>
+      </c>
+      <c r="L9">
+        <v>3</v>
+      </c>
+      <c r="M9">
+        <v>2</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>2</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>4</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B10" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Max Rückert</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>85</v>
+      </c>
+      <c r="H10" t="str">
+        <v>maxerdg</v>
+      </c>
+      <c r="I10">
+        <v>-3</v>
+      </c>
+      <c r="J10">
+        <v>24</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>2</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
+      <c r="N10">
+        <v>3</v>
+      </c>
+      <c r="O10">
+        <v>2</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>3</v>
+      </c>
+      <c r="R10">
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B11" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C11">
+        <v>9</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Tom Freydank</v>
+      </c>
+      <c r="E11">
+        <v>-1</v>
+      </c>
+      <c r="F11">
+        <v>85</v>
+      </c>
+      <c r="H11" t="str">
+        <v>tomfr99</v>
+      </c>
+      <c r="I11">
+        <v>-1</v>
+      </c>
+      <c r="J11">
+        <v>26</v>
+      </c>
+      <c r="K11">
+        <v>3</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
+      </c>
+      <c r="M11">
+        <v>3</v>
+      </c>
+      <c r="N11">
+        <v>3</v>
+      </c>
+      <c r="O11">
+        <v>2</v>
+      </c>
+      <c r="P11">
+        <v>3</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B12" t="str">
+        <v>T9</v>
+      </c>
+      <c r="C12">
+        <v>9</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Tom Bonitz</v>
+      </c>
+      <c r="E12">
+        <v>-1</v>
+      </c>
+      <c r="F12">
+        <v>85</v>
+      </c>
+      <c r="H12" t="str">
+        <v>tombonitz</v>
+      </c>
+      <c r="I12">
+        <v>1</v>
+      </c>
+      <c r="J12">
+        <v>28</v>
+      </c>
+      <c r="K12">
+        <v>4</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>3</v>
+      </c>
+      <c r="N12">
+        <v>2</v>
+      </c>
+      <c r="O12">
+        <v>3</v>
+      </c>
+      <c r="P12">
+        <v>4</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>3</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Oliver Enghardt</v>
+      </c>
+      <c r="E13">
+        <v>1</v>
+      </c>
+      <c r="F13">
+        <v>87</v>
+      </c>
+      <c r="H13" t="str">
+        <v>scrotty</v>
+      </c>
+      <c r="I13">
+        <v>-3</v>
+      </c>
+      <c r="J13">
+        <v>24</v>
+      </c>
+      <c r="K13">
+        <v>3</v>
+      </c>
+      <c r="L13">
+        <v>3</v>
+      </c>
+      <c r="M13">
+        <v>2</v>
+      </c>
+      <c r="N13">
+        <v>2</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>3</v>
+      </c>
+      <c r="Q13">
+        <v>3</v>
+      </c>
+      <c r="R13">
+        <v>3</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B14" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Mirko Strate</v>
+      </c>
+      <c r="E14">
+        <v>3</v>
+      </c>
+      <c r="F14">
+        <v>89</v>
+      </c>
+      <c r="H14" t="str">
+        <v>eccobold</v>
+      </c>
+      <c r="I14">
+        <v>2</v>
+      </c>
+      <c r="J14">
+        <v>29</v>
+      </c>
+      <c r="K14">
+        <v>4</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>3</v>
+      </c>
+      <c r="N14">
+        <v>3</v>
+      </c>
+      <c r="O14">
+        <v>3</v>
+      </c>
+      <c r="P14">
+        <v>3</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>3</v>
+      </c>
+      <c r="S14">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B15" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C15">
+        <v>13</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Philipp Turski</v>
+      </c>
+      <c r="E15">
+        <v>3</v>
+      </c>
+      <c r="F15">
+        <v>89</v>
+      </c>
+      <c r="H15" t="str">
+        <v>schmusibeer</v>
+      </c>
+      <c r="I15">
+        <v>2</v>
+      </c>
+      <c r="J15">
+        <v>29</v>
+      </c>
+      <c r="K15">
+        <v>4</v>
+      </c>
+      <c r="L15">
+        <v>3</v>
+      </c>
+      <c r="M15">
+        <v>3</v>
+      </c>
+      <c r="N15">
+        <v>3</v>
+      </c>
+      <c r="O15">
+        <v>2</v>
+      </c>
+      <c r="P15">
+        <v>5</v>
+      </c>
+      <c r="Q15">
+        <v>3</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B16" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C16">
+        <v>15</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Jascha L.</v>
+      </c>
+      <c r="E16">
+        <v>4</v>
+      </c>
+      <c r="F16">
+        <v>90</v>
+      </c>
+      <c r="H16" t="str">
+        <v>jashroom</v>
+      </c>
+      <c r="I16">
+        <v>0</v>
+      </c>
+      <c r="J16">
+        <v>27</v>
+      </c>
+      <c r="K16">
+        <v>3</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>2</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>3</v>
+      </c>
+      <c r="P16">
+        <v>3</v>
+      </c>
+      <c r="Q16">
+        <v>3</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B17" t="str">
+        <v>T15</v>
+      </c>
+      <c r="C17">
+        <v>15</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Benjamin Salopiata</v>
+      </c>
+      <c r="E17">
+        <v>4</v>
+      </c>
+      <c r="F17">
+        <v>90</v>
+      </c>
+      <c r="H17" t="str">
+        <v>bennybunny</v>
+      </c>
+      <c r="I17">
+        <v>1</v>
+      </c>
+      <c r="J17">
+        <v>28</v>
+      </c>
+      <c r="K17">
+        <v>3</v>
+      </c>
+      <c r="L17">
+        <v>3</v>
+      </c>
+      <c r="M17">
+        <v>2</v>
+      </c>
+      <c r="N17">
+        <v>3</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>4</v>
+      </c>
+      <c r="Q17">
+        <v>3</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C18">
+        <v>17</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Martin B.</v>
+      </c>
+      <c r="E18">
+        <v>9</v>
+      </c>
+      <c r="F18">
+        <v>95</v>
+      </c>
+      <c r="H18" t="str">
+        <v>mellow80</v>
+      </c>
+      <c r="I18">
+        <v>0</v>
+      </c>
+      <c r="J18">
+        <v>27</v>
+      </c>
+      <c r="K18">
+        <v>2</v>
+      </c>
+      <c r="L18">
+        <v>4</v>
+      </c>
+      <c r="M18">
+        <v>3</v>
+      </c>
+      <c r="N18">
+        <v>3</v>
+      </c>
+      <c r="O18">
+        <v>3</v>
+      </c>
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>2</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C19">
+        <v>17</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Jannik Rohmann</v>
+      </c>
+      <c r="E19">
+        <v>9</v>
+      </c>
+      <c r="F19">
+        <v>95</v>
+      </c>
+      <c r="G19">
+        <v>254646</v>
+      </c>
+      <c r="H19" t="str">
+        <v>tiedlegend</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
+      </c>
+      <c r="J19">
+        <v>29</v>
+      </c>
+      <c r="K19">
+        <v>3</v>
+      </c>
+      <c r="L19">
+        <v>3</v>
+      </c>
+      <c r="M19">
+        <v>4</v>
+      </c>
+      <c r="N19">
+        <v>2</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>4</v>
+      </c>
+      <c r="Q19">
+        <v>3</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B20" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C20">
+        <v>17</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Mattes Höft</v>
+      </c>
+      <c r="E20">
+        <v>9</v>
+      </c>
+      <c r="F20">
+        <v>95</v>
+      </c>
+      <c r="H20" t="str">
+        <v>mattimcfly86</v>
+      </c>
+      <c r="I20">
+        <v>2</v>
+      </c>
+      <c r="J20">
+        <v>29</v>
+      </c>
+      <c r="K20">
+        <v>3</v>
+      </c>
+      <c r="L20">
+        <v>4</v>
+      </c>
+      <c r="M20">
+        <v>2</v>
+      </c>
+      <c r="N20">
+        <v>2</v>
+      </c>
+      <c r="O20">
+        <v>4</v>
+      </c>
+      <c r="P20">
+        <v>3</v>
+      </c>
+      <c r="Q20">
+        <v>4</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B21" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C21">
+        <v>17</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Hannes Strübing</v>
+      </c>
+      <c r="E21">
+        <v>9</v>
+      </c>
+      <c r="F21">
+        <v>95</v>
+      </c>
+      <c r="H21" t="str">
+        <v>treibschlag</v>
+      </c>
+      <c r="I21">
+        <v>3</v>
+      </c>
+      <c r="J21">
+        <v>30</v>
+      </c>
+      <c r="K21">
+        <v>3</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>3</v>
+      </c>
+      <c r="N21">
+        <v>4</v>
+      </c>
+      <c r="O21">
+        <v>3</v>
+      </c>
+      <c r="P21">
+        <v>4</v>
+      </c>
+      <c r="Q21">
+        <v>4</v>
+      </c>
+      <c r="R21">
+        <v>3</v>
+      </c>
+      <c r="S21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C22">
+        <v>21</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Claas Zäncker</v>
+      </c>
+      <c r="E22">
+        <v>10</v>
+      </c>
+      <c r="F22">
+        <v>96</v>
+      </c>
+      <c r="H22" t="str">
+        <v>claasinger</v>
+      </c>
+      <c r="I22">
+        <v>0</v>
+      </c>
+      <c r="J22">
+        <v>27</v>
+      </c>
+      <c r="K22">
+        <v>3</v>
+      </c>
+      <c r="L22">
+        <v>3</v>
+      </c>
+      <c r="M22">
+        <v>2</v>
+      </c>
+      <c r="N22">
+        <v>3</v>
+      </c>
+      <c r="O22">
+        <v>2</v>
+      </c>
+      <c r="P22">
+        <v>4</v>
+      </c>
+      <c r="Q22">
+        <v>3</v>
+      </c>
+      <c r="R22">
+        <v>4</v>
+      </c>
+      <c r="S22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C23">
+        <v>21</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Sven Mallé</v>
+      </c>
+      <c r="E23">
+        <v>10</v>
+      </c>
+      <c r="F23">
+        <v>96</v>
+      </c>
+      <c r="H23" t="str">
+        <v>sven0708</v>
+      </c>
+      <c r="I23">
+        <v>2</v>
+      </c>
+      <c r="J23">
+        <v>29</v>
+      </c>
+      <c r="K23">
+        <v>4</v>
+      </c>
+      <c r="L23">
+        <v>4</v>
+      </c>
+      <c r="M23">
+        <v>3</v>
+      </c>
+      <c r="N23">
+        <v>2</v>
+      </c>
+      <c r="O23">
+        <v>3</v>
+      </c>
+      <c r="P23">
+        <v>3</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
+      </c>
+      <c r="R23">
+        <v>4</v>
+      </c>
+      <c r="S23">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B24" t="str">
+        <v>23</v>
+      </c>
+      <c r="C24">
+        <v>23</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Stefan Egger</v>
+      </c>
+      <c r="E24">
+        <v>14</v>
+      </c>
+      <c r="F24">
+        <v>100</v>
+      </c>
+      <c r="H24" t="str">
+        <v>segger</v>
+      </c>
+      <c r="I24">
+        <v>1</v>
+      </c>
+      <c r="J24">
+        <v>28</v>
+      </c>
+      <c r="K24">
+        <v>2</v>
+      </c>
+      <c r="L24">
+        <v>2</v>
+      </c>
+      <c r="M24">
+        <v>3</v>
+      </c>
+      <c r="N24">
+        <v>3</v>
+      </c>
+      <c r="O24">
+        <v>3</v>
+      </c>
+      <c r="P24">
+        <v>3</v>
+      </c>
+      <c r="Q24">
+        <v>5</v>
+      </c>
+      <c r="R24">
+        <v>3</v>
+      </c>
+      <c r="S24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>24</v>
+      </c>
+      <c r="C25">
+        <v>24</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Michael Stechert</v>
+      </c>
+      <c r="E25">
+        <v>15</v>
+      </c>
+      <c r="F25">
+        <v>101</v>
+      </c>
+      <c r="H25" t="str">
+        <v>marconi65</v>
+      </c>
+      <c r="I25">
+        <v>1</v>
+      </c>
+      <c r="J25">
+        <v>28</v>
+      </c>
+      <c r="K25">
+        <v>3</v>
+      </c>
+      <c r="L25">
+        <v>3</v>
+      </c>
+      <c r="M25">
+        <v>3</v>
+      </c>
+      <c r="N25">
+        <v>3</v>
+      </c>
+      <c r="O25">
+        <v>2</v>
+      </c>
+      <c r="P25">
+        <v>4</v>
+      </c>
+      <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
+        <v>3</v>
+      </c>
+      <c r="S25">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>25</v>
+      </c>
+      <c r="C26">
+        <v>25</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Hannes Bunk</v>
+      </c>
+      <c r="E26">
+        <v>19</v>
+      </c>
+      <c r="F26">
+        <v>105</v>
+      </c>
+      <c r="H26" t="str">
+        <v>hannes25</v>
+      </c>
+      <c r="I26">
+        <v>7</v>
+      </c>
+      <c r="J26">
+        <v>34</v>
+      </c>
+      <c r="K26">
+        <v>3</v>
+      </c>
+      <c r="L26">
+        <v>3</v>
+      </c>
+      <c r="M26">
+        <v>3</v>
+      </c>
+      <c r="N26">
+        <v>5</v>
+      </c>
+      <c r="O26">
+        <v>5</v>
+      </c>
+      <c r="P26">
+        <v>4</v>
+      </c>
+      <c r="Q26">
+        <v>4</v>
+      </c>
+      <c r="R26">
+        <v>3</v>
+      </c>
+      <c r="S26">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>26</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Michael Thiede</v>
+      </c>
+      <c r="E27">
+        <v>20</v>
+      </c>
+      <c r="F27">
+        <v>106</v>
+      </c>
+      <c r="H27" t="str">
+        <v>zores988</v>
+      </c>
+      <c r="I27">
+        <v>5</v>
+      </c>
+      <c r="J27">
+        <v>32</v>
+      </c>
+      <c r="K27">
+        <v>4</v>
+      </c>
+      <c r="L27">
+        <v>3</v>
+      </c>
+      <c r="M27">
+        <v>4</v>
+      </c>
+      <c r="N27">
+        <v>3</v>
+      </c>
+      <c r="O27">
+        <v>4</v>
+      </c>
+      <c r="P27">
+        <v>3</v>
+      </c>
+      <c r="Q27">
+        <v>4</v>
+      </c>
+      <c r="R27">
+        <v>3</v>
+      </c>
+      <c r="S27">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B28" t="str">
+        <v>27</v>
+      </c>
+      <c r="C28">
+        <v>27</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Thomas Till</v>
+      </c>
+      <c r="E28">
+        <v>21</v>
+      </c>
+      <c r="F28">
+        <v>107</v>
+      </c>
+      <c r="H28" t="str">
+        <v>tilly59</v>
+      </c>
+      <c r="I28">
+        <v>5</v>
+      </c>
+      <c r="J28">
+        <v>32</v>
+      </c>
+      <c r="K28">
+        <v>4</v>
+      </c>
+      <c r="L28">
+        <v>3</v>
+      </c>
+      <c r="M28">
+        <v>3</v>
+      </c>
+      <c r="N28">
+        <v>4</v>
+      </c>
+      <c r="O28">
+        <v>4</v>
+      </c>
+      <c r="P28">
+        <v>3</v>
+      </c>
+      <c r="Q28">
+        <v>4</v>
+      </c>
+      <c r="R28">
+        <v>4</v>
+      </c>
+      <c r="S28">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B29" t="str">
+        <v>28</v>
+      </c>
+      <c r="C29">
+        <v>28</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Bennett Schuldt</v>
+      </c>
+      <c r="E29">
+        <v>30</v>
+      </c>
+      <c r="F29">
+        <v>116</v>
+      </c>
+      <c r="H29" t="str">
+        <v>bennschu</v>
+      </c>
+      <c r="I29">
+        <v>11</v>
+      </c>
+      <c r="J29">
+        <v>38</v>
+      </c>
+      <c r="K29">
+        <v>4</v>
+      </c>
+      <c r="L29">
+        <v>4</v>
+      </c>
+      <c r="M29">
+        <v>4</v>
+      </c>
+      <c r="N29">
+        <v>3</v>
+      </c>
+      <c r="O29">
+        <v>6</v>
+      </c>
+      <c r="P29">
+        <v>4</v>
+      </c>
+      <c r="Q29">
+        <v>6</v>
+      </c>
+      <c r="R29">
+        <v>3</v>
+      </c>
+      <c r="S29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B30" t="str">
+        <v>29</v>
+      </c>
+      <c r="C30">
+        <v>29</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Jens Knorr</v>
+      </c>
+      <c r="E30">
+        <v>39</v>
+      </c>
+      <c r="F30">
+        <v>125</v>
+      </c>
+      <c r="H30" t="str">
+        <v>ipmum2202</v>
+      </c>
+      <c r="I30">
+        <v>11</v>
+      </c>
+      <c r="J30">
+        <v>38</v>
+      </c>
+      <c r="K30">
+        <v>4</v>
+      </c>
+      <c r="L30">
+        <v>4</v>
+      </c>
+      <c r="M30">
+        <v>4</v>
+      </c>
+      <c r="N30">
+        <v>4</v>
+      </c>
+      <c r="O30">
+        <v>4</v>
+      </c>
+      <c r="P30">
+        <v>5</v>
+      </c>
+      <c r="Q30">
+        <v>4</v>
+      </c>
+      <c r="R30">
+        <v>5</v>
+      </c>
+      <c r="S30">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B31" t="str">
+        <v>30</v>
+      </c>
+      <c r="C31">
+        <v>30</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Steffen Barsuhn</v>
+      </c>
+      <c r="E31">
+        <v>48</v>
+      </c>
+      <c r="F31">
+        <v>134</v>
+      </c>
+      <c r="H31" t="str">
+        <v>crawlslasher</v>
+      </c>
+      <c r="I31">
+        <v>13</v>
+      </c>
+      <c r="J31">
+        <v>40</v>
+      </c>
+      <c r="K31">
+        <v>5</v>
+      </c>
+      <c r="L31">
+        <v>4</v>
+      </c>
+      <c r="M31">
+        <v>4</v>
+      </c>
+      <c r="N31">
+        <v>5</v>
+      </c>
+      <c r="O31">
+        <v>4</v>
+      </c>
+      <c r="P31">
+        <v>6</v>
+      </c>
+      <c r="Q31">
+        <v>4</v>
+      </c>
+      <c r="R31">
+        <v>4</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B32" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Alessandro Bandinelli</v>
+      </c>
+      <c r="E32">
+        <v>21</v>
+      </c>
+      <c r="F32">
+        <v>80</v>
+      </c>
+      <c r="H32" t="str">
+        <v>swondercita</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Emilio Landi</v>
+      </c>
+      <c r="E33">
+        <v>26</v>
+      </c>
+      <c r="F33">
+        <v>85</v>
+      </c>
+      <c r="H33" t="str">
+        <v>diavelo</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Diedrichsen Ole</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="H34" t="str">
+        <v>oley1996</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:S34"/>
+  </ignoredErrors>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
+  <dimension ref="A1:S34"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <cols>
+    <col min="1" max="1" width="8.83203125" customWidth="1"/>
+    <col min="2" max="2" width="8.83203125" customWidth="1"/>
+    <col min="3" max="3" width="12.83203125" customWidth="1"/>
+    <col min="4" max="4" width="20.83203125" customWidth="1"/>
+    <col min="5" max="5" width="20.83203125" customWidth="1"/>
+    <col min="6" max="6" width="17.83203125" customWidth="1"/>
+    <col min="7" max="7" width="11.83203125" customWidth="1"/>
+    <col min="8" max="8" width="8.83203125" customWidth="1"/>
+    <col min="9" max="9" width="20.83203125" customWidth="1"/>
+    <col min="10" max="10" width="17.83203125" customWidth="1"/>
+    <col min="11" max="11" width="7.83203125" customWidth="1"/>
+    <col min="12" max="12" width="7.83203125" customWidth="1"/>
+    <col min="13" max="13" width="7.83203125" customWidth="1"/>
+    <col min="14" max="14" width="7.83203125" customWidth="1"/>
+    <col min="15" max="15" width="7.83203125" customWidth="1"/>
+    <col min="16" max="16" width="7.83203125" customWidth="1"/>
+    <col min="17" max="17" width="7.83203125" customWidth="1"/>
+    <col min="18" max="18" width="7.83203125" customWidth="1"/>
+    <col min="19" max="19" width="7.83203125" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1">
+      <c r="A1" t="str">
+        <v>division</v>
+      </c>
+      <c r="B1" t="str">
+        <v>position</v>
+      </c>
+      <c r="C1" t="str">
+        <v>position_raw</v>
+      </c>
+      <c r="D1" t="str">
+        <v>name</v>
+      </c>
+      <c r="E1" t="str">
+        <v>event_relative_score</v>
+      </c>
+      <c r="F1" t="str">
+        <v>event_total_score</v>
+      </c>
+      <c r="G1" t="str">
+        <v>pdga_number</v>
+      </c>
+      <c r="H1" t="str">
+        <v>username</v>
+      </c>
+      <c r="I1" t="str">
+        <v>round_relative_score</v>
+      </c>
+      <c r="J1" t="str">
+        <v>round_total_score</v>
+      </c>
+      <c r="K1" t="str">
+        <v>hole_E1</v>
+      </c>
+      <c r="L1" t="str">
+        <v>hole_E2</v>
+      </c>
+      <c r="M1" t="str">
+        <v>hole_E3</v>
+      </c>
+      <c r="N1" t="str">
+        <v>hole_E4</v>
+      </c>
+      <c r="O1" t="str">
+        <v>hole_E5</v>
+      </c>
+      <c r="P1" t="str">
+        <v>hole_E6</v>
+      </c>
+      <c r="Q1" t="str">
+        <v>hole_E7</v>
+      </c>
+      <c r="R1" t="str">
+        <v>hole_E8</v>
+      </c>
+      <c r="S1" t="str">
+        <v>hole_E9</v>
+      </c>
+    </row>
+    <row r="2">
+      <c r="A2" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B2" t="str">
+        <v>1</v>
+      </c>
+      <c r="C2">
+        <v>1</v>
+      </c>
+      <c r="D2" t="str">
+        <v>Oliver</v>
+      </c>
+      <c r="E2">
+        <v>-18</v>
+      </c>
+      <c r="F2">
+        <v>100</v>
+      </c>
+      <c r="G2">
+        <v>297398</v>
+      </c>
+      <c r="H2" t="str">
+        <v>olliorbit</v>
+      </c>
+      <c r="I2">
+        <v>-4</v>
+      </c>
+      <c r="J2">
+        <v>28</v>
+      </c>
+      <c r="K2">
+        <v>3</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>3</v>
+      </c>
+      <c r="N2">
+        <v>4</v>
+      </c>
+      <c r="O2">
+        <v>2</v>
+      </c>
+      <c r="P2">
+        <v>3</v>
+      </c>
+      <c r="Q2">
+        <v>4</v>
+      </c>
+      <c r="R2">
+        <v>2</v>
+      </c>
+      <c r="S2">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="3">
+      <c r="A3" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B3" t="str">
+        <v>2</v>
+      </c>
+      <c r="C3">
+        <v>2</v>
+      </c>
+      <c r="D3" t="str">
+        <v>Hennes Scherer</v>
+      </c>
+      <c r="E3">
+        <v>-11</v>
+      </c>
+      <c r="F3">
+        <v>107</v>
+      </c>
+      <c r="H3" t="str">
+        <v>synkretismus</v>
+      </c>
+      <c r="I3">
+        <v>-2</v>
+      </c>
+      <c r="J3">
+        <v>30</v>
+      </c>
+      <c r="K3">
+        <v>5</v>
+      </c>
+      <c r="L3">
+        <v>3</v>
+      </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>4</v>
+      </c>
+      <c r="O3">
+        <v>4</v>
+      </c>
+      <c r="P3">
+        <v>2</v>
+      </c>
+      <c r="Q3">
+        <v>4</v>
+      </c>
+      <c r="R3">
+        <v>3</v>
+      </c>
+      <c r="S3">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="4">
+      <c r="A4" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B4" t="str">
+        <v>3</v>
+      </c>
+      <c r="C4">
+        <v>3</v>
+      </c>
+      <c r="D4" t="str">
+        <v>Gustav Immelmann</v>
+      </c>
+      <c r="E4">
+        <v>-8</v>
+      </c>
+      <c r="F4">
+        <v>110</v>
+      </c>
+      <c r="G4">
+        <v>181357</v>
+      </c>
+      <c r="H4" t="str">
+        <v>vethos</v>
+      </c>
+      <c r="I4">
+        <v>-1</v>
+      </c>
+      <c r="J4">
+        <v>31</v>
+      </c>
+      <c r="K4">
+        <v>3</v>
+      </c>
+      <c r="L4">
+        <v>3</v>
+      </c>
+      <c r="M4">
+        <v>5</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>4</v>
+      </c>
+      <c r="P4">
+        <v>4</v>
+      </c>
+      <c r="Q4">
+        <v>4</v>
+      </c>
+      <c r="R4">
+        <v>2</v>
+      </c>
+      <c r="S4">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="5">
+      <c r="A5" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B5" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C5">
+        <v>4</v>
+      </c>
+      <c r="D5" t="str">
+        <v>Marius Völter</v>
+      </c>
+      <c r="E5">
+        <v>-6</v>
+      </c>
+      <c r="F5">
+        <v>112</v>
+      </c>
+      <c r="H5" t="str">
+        <v>mönchshausener</v>
+      </c>
+      <c r="I5">
+        <v>-2</v>
+      </c>
+      <c r="J5">
+        <v>30</v>
+      </c>
+      <c r="K5">
+        <v>4</v>
+      </c>
+      <c r="L5">
+        <v>4</v>
+      </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
+        <v>4</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="6">
+      <c r="A6" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B6" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C6">
+        <v>4</v>
+      </c>
+      <c r="D6" t="str">
+        <v>Toni Pardun</v>
+      </c>
+      <c r="E6">
+        <v>-6</v>
+      </c>
+      <c r="F6">
+        <v>112</v>
+      </c>
+      <c r="H6" t="str">
+        <v>tonimahoni</v>
+      </c>
+      <c r="I6">
+        <v>0</v>
+      </c>
+      <c r="J6">
+        <v>32</v>
+      </c>
+      <c r="K6">
+        <v>3</v>
+      </c>
+      <c r="L6">
+        <v>4</v>
+      </c>
+      <c r="M6">
+        <v>4</v>
+      </c>
+      <c r="N6">
+        <v>4</v>
+      </c>
+      <c r="O6">
+        <v>4</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>4</v>
+      </c>
+      <c r="R6">
+        <v>3</v>
+      </c>
+      <c r="S6">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="7">
+      <c r="A7" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B7" t="str">
+        <v>T4</v>
+      </c>
+      <c r="C7">
+        <v>4</v>
+      </c>
+      <c r="D7" t="str">
+        <v>Stefan Gramkow</v>
+      </c>
+      <c r="E7">
+        <v>-6</v>
+      </c>
+      <c r="F7">
+        <v>112</v>
+      </c>
+      <c r="H7" t="str">
+        <v>sirmops</v>
+      </c>
+      <c r="I7">
+        <v>2</v>
+      </c>
+      <c r="J7">
+        <v>34</v>
+      </c>
+      <c r="K7">
+        <v>4</v>
+      </c>
+      <c r="L7">
+        <v>5</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
+      </c>
+      <c r="O7">
+        <v>3</v>
+      </c>
+      <c r="P7">
+        <v>5</v>
+      </c>
+      <c r="Q7">
+        <v>4</v>
+      </c>
+      <c r="R7">
+        <v>3</v>
+      </c>
+      <c r="S7">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="8">
+      <c r="A8" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B8" t="str">
+        <v>7</v>
+      </c>
+      <c r="C8">
+        <v>7</v>
+      </c>
+      <c r="D8" t="str">
+        <v>Lars Reuter</v>
+      </c>
+      <c r="E8">
+        <v>-3</v>
+      </c>
+      <c r="F8">
+        <v>115</v>
+      </c>
+      <c r="H8" t="str">
+        <v>larsek</v>
+      </c>
+      <c r="I8">
+        <v>1</v>
+      </c>
+      <c r="J8">
+        <v>33</v>
+      </c>
+      <c r="K8">
+        <v>4</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>4</v>
+      </c>
+      <c r="N8">
+        <v>4</v>
+      </c>
+      <c r="O8">
+        <v>4</v>
+      </c>
+      <c r="P8">
+        <v>4</v>
+      </c>
+      <c r="Q8">
+        <v>3</v>
+      </c>
+      <c r="R8">
+        <v>3</v>
+      </c>
+      <c r="S8">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="9">
+      <c r="A9" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B9" t="str">
+        <v>8</v>
+      </c>
+      <c r="C9">
+        <v>8</v>
+      </c>
+      <c r="D9" t="str">
+        <v>Max Rückert</v>
+      </c>
+      <c r="E9">
+        <v>-2</v>
+      </c>
+      <c r="F9">
+        <v>116</v>
+      </c>
+      <c r="H9" t="str">
+        <v>maxerdg</v>
+      </c>
+      <c r="I9">
+        <v>-1</v>
+      </c>
+      <c r="J9">
+        <v>31</v>
+      </c>
+      <c r="K9">
+        <v>5</v>
+      </c>
+      <c r="L9">
+        <v>4</v>
+      </c>
+      <c r="M9">
+        <v>6</v>
+      </c>
+      <c r="N9">
+        <v>3</v>
+      </c>
+      <c r="O9">
+        <v>2</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="10">
+      <c r="A10" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B10" t="str">
+        <v>9</v>
+      </c>
+      <c r="C10">
+        <v>9</v>
+      </c>
+      <c r="D10" t="str">
+        <v>Tom Bonitz</v>
+      </c>
+      <c r="E10">
+        <v>-1</v>
+      </c>
+      <c r="F10">
+        <v>117</v>
+      </c>
+      <c r="H10" t="str">
+        <v>tombonitz</v>
+      </c>
+      <c r="I10">
+        <v>0</v>
+      </c>
+      <c r="J10">
+        <v>32</v>
+      </c>
+      <c r="K10">
+        <v>3</v>
+      </c>
+      <c r="L10">
+        <v>5</v>
+      </c>
+      <c r="M10">
+        <v>4</v>
+      </c>
+      <c r="N10">
+        <v>4</v>
+      </c>
+      <c r="O10">
+        <v>2</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>4</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="11">
+      <c r="A11" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B11" t="str">
+        <v>10</v>
+      </c>
+      <c r="C11">
+        <v>10</v>
+      </c>
+      <c r="D11" t="str">
+        <v>Matthias Jonas</v>
+      </c>
+      <c r="E11">
+        <v>1</v>
+      </c>
+      <c r="F11">
+        <v>119</v>
+      </c>
+      <c r="G11">
+        <v>136146</v>
+      </c>
+      <c r="H11" t="str">
+        <v>matzen87</v>
+      </c>
+      <c r="I11">
+        <v>3</v>
+      </c>
+      <c r="J11">
+        <v>35</v>
+      </c>
+      <c r="K11">
+        <v>4</v>
+      </c>
+      <c r="L11">
+        <v>4</v>
+      </c>
+      <c r="M11">
+        <v>6</v>
+      </c>
+      <c r="N11">
+        <v>4</v>
+      </c>
+      <c r="O11">
+        <v>4</v>
+      </c>
+      <c r="P11">
+        <v>5</v>
+      </c>
+      <c r="Q11">
+        <v>3</v>
+      </c>
+      <c r="R11">
+        <v>3</v>
+      </c>
+      <c r="S11">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="12">
+      <c r="A12" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B12" t="str">
+        <v>11</v>
+      </c>
+      <c r="C12">
+        <v>11</v>
+      </c>
+      <c r="D12" t="str">
+        <v>Tom Freydank</v>
+      </c>
+      <c r="E12">
+        <v>2</v>
+      </c>
+      <c r="F12">
+        <v>120</v>
+      </c>
+      <c r="H12" t="str">
+        <v>tomfr99</v>
+      </c>
+      <c r="I12">
+        <v>3</v>
+      </c>
+      <c r="J12">
+        <v>35</v>
+      </c>
+      <c r="K12">
+        <v>5</v>
+      </c>
+      <c r="L12">
+        <v>3</v>
+      </c>
+      <c r="M12">
+        <v>4</v>
+      </c>
+      <c r="N12">
+        <v>4</v>
+      </c>
+      <c r="O12">
+        <v>4</v>
+      </c>
+      <c r="P12">
+        <v>5</v>
+      </c>
+      <c r="Q12">
+        <v>4</v>
+      </c>
+      <c r="R12">
+        <v>4</v>
+      </c>
+      <c r="S12">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="13">
+      <c r="A13" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B13" t="str">
+        <v>12</v>
+      </c>
+      <c r="C13">
+        <v>12</v>
+      </c>
+      <c r="D13" t="str">
+        <v>Oliver Enghardt</v>
+      </c>
+      <c r="E13">
+        <v>4</v>
+      </c>
+      <c r="F13">
+        <v>122</v>
+      </c>
+      <c r="H13" t="str">
+        <v>scrotty</v>
+      </c>
+      <c r="I13">
+        <v>3</v>
+      </c>
+      <c r="J13">
+        <v>35</v>
+      </c>
+      <c r="K13">
+        <v>5</v>
+      </c>
+      <c r="L13">
+        <v>4</v>
+      </c>
+      <c r="M13">
+        <v>5</v>
+      </c>
+      <c r="N13">
+        <v>4</v>
+      </c>
+      <c r="O13">
+        <v>2</v>
+      </c>
+      <c r="P13">
+        <v>4</v>
+      </c>
+      <c r="Q13">
+        <v>4</v>
+      </c>
+      <c r="R13">
+        <v>4</v>
+      </c>
+      <c r="S13">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14">
+      <c r="A14" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B14" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C14">
+        <v>13</v>
+      </c>
+      <c r="D14" t="str">
+        <v>Jascha L.</v>
+      </c>
+      <c r="E14">
+        <v>7</v>
+      </c>
+      <c r="F14">
+        <v>125</v>
+      </c>
+      <c r="H14" t="str">
+        <v>jashroom</v>
+      </c>
+      <c r="I14">
+        <v>3</v>
+      </c>
+      <c r="J14">
+        <v>35</v>
+      </c>
+      <c r="K14">
+        <v>5</v>
+      </c>
+      <c r="L14">
+        <v>3</v>
+      </c>
+      <c r="M14">
+        <v>4</v>
+      </c>
+      <c r="N14">
+        <v>5</v>
+      </c>
+      <c r="O14">
+        <v>4</v>
+      </c>
+      <c r="P14">
+        <v>4</v>
+      </c>
+      <c r="Q14">
+        <v>4</v>
+      </c>
+      <c r="R14">
+        <v>4</v>
+      </c>
+      <c r="S14">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="15">
+      <c r="A15" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B15" t="str">
+        <v>T13</v>
+      </c>
+      <c r="C15">
+        <v>13</v>
+      </c>
+      <c r="D15" t="str">
+        <v>Benjamin Salopiata</v>
+      </c>
+      <c r="E15">
+        <v>7</v>
+      </c>
+      <c r="F15">
+        <v>125</v>
+      </c>
+      <c r="H15" t="str">
+        <v>bennybunny</v>
+      </c>
+      <c r="I15">
+        <v>3</v>
+      </c>
+      <c r="J15">
+        <v>35</v>
+      </c>
+      <c r="K15">
+        <v>5</v>
+      </c>
+      <c r="L15">
+        <v>4</v>
+      </c>
+      <c r="M15">
+        <v>4</v>
+      </c>
+      <c r="N15">
+        <v>4</v>
+      </c>
+      <c r="O15">
+        <v>4</v>
+      </c>
+      <c r="P15">
+        <v>3</v>
+      </c>
+      <c r="Q15">
+        <v>4</v>
+      </c>
+      <c r="R15">
+        <v>3</v>
+      </c>
+      <c r="S15">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="16">
+      <c r="A16" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B16" t="str">
+        <v>15</v>
+      </c>
+      <c r="C16">
+        <v>15</v>
+      </c>
+      <c r="D16" t="str">
+        <v>Philipp Turski</v>
+      </c>
+      <c r="E16">
+        <v>8</v>
+      </c>
+      <c r="F16">
+        <v>126</v>
+      </c>
+      <c r="H16" t="str">
+        <v>schmusibeer</v>
+      </c>
+      <c r="I16">
+        <v>5</v>
+      </c>
+      <c r="J16">
+        <v>37</v>
+      </c>
+      <c r="K16">
+        <v>4</v>
+      </c>
+      <c r="L16">
+        <v>3</v>
+      </c>
+      <c r="M16">
+        <v>6</v>
+      </c>
+      <c r="N16">
+        <v>4</v>
+      </c>
+      <c r="O16">
+        <v>4</v>
+      </c>
+      <c r="P16">
+        <v>4</v>
+      </c>
+      <c r="Q16">
+        <v>6</v>
+      </c>
+      <c r="R16">
+        <v>3</v>
+      </c>
+      <c r="S16">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="17">
+      <c r="A17" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B17" t="str">
+        <v>16</v>
+      </c>
+      <c r="C17">
+        <v>16</v>
+      </c>
+      <c r="D17" t="str">
+        <v>Mirko Strate</v>
+      </c>
+      <c r="E17">
+        <v>10</v>
+      </c>
+      <c r="F17">
+        <v>128</v>
+      </c>
+      <c r="H17" t="str">
+        <v>eccobold</v>
+      </c>
+      <c r="I17">
+        <v>7</v>
+      </c>
+      <c r="J17">
+        <v>39</v>
+      </c>
+      <c r="K17">
+        <v>6</v>
+      </c>
+      <c r="L17">
+        <v>5</v>
+      </c>
+      <c r="M17">
+        <v>5</v>
+      </c>
+      <c r="N17">
+        <v>6</v>
+      </c>
+      <c r="O17">
+        <v>4</v>
+      </c>
+      <c r="P17">
+        <v>3</v>
+      </c>
+      <c r="Q17">
+        <v>4</v>
+      </c>
+      <c r="R17">
+        <v>3</v>
+      </c>
+      <c r="S17">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="18">
+      <c r="A18" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B18" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C18">
+        <v>17</v>
+      </c>
+      <c r="D18" t="str">
+        <v>Jannik Rohmann</v>
+      </c>
+      <c r="E18">
+        <v>11</v>
+      </c>
+      <c r="F18">
+        <v>129</v>
+      </c>
+      <c r="G18">
+        <v>254646</v>
+      </c>
+      <c r="H18" t="str">
+        <v>tiedlegend</v>
+      </c>
+      <c r="I18">
+        <v>2</v>
+      </c>
+      <c r="J18">
+        <v>34</v>
+      </c>
+      <c r="K18">
+        <v>4</v>
+      </c>
+      <c r="L18">
+        <v>4</v>
+      </c>
+      <c r="M18">
+        <v>4</v>
+      </c>
+      <c r="N18">
+        <v>5</v>
+      </c>
+      <c r="O18">
+        <v>2</v>
+      </c>
+      <c r="P18">
+        <v>3</v>
+      </c>
+      <c r="Q18">
+        <v>4</v>
+      </c>
+      <c r="R18">
+        <v>5</v>
+      </c>
+      <c r="S18">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="19">
+      <c r="A19" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B19" t="str">
+        <v>T17</v>
+      </c>
+      <c r="C19">
+        <v>17</v>
+      </c>
+      <c r="D19" t="str">
+        <v>Hannes Strübing</v>
+      </c>
+      <c r="E19">
+        <v>11</v>
+      </c>
+      <c r="F19">
+        <v>129</v>
+      </c>
+      <c r="H19" t="str">
+        <v>treibschlag</v>
+      </c>
+      <c r="I19">
+        <v>2</v>
+      </c>
+      <c r="J19">
+        <v>34</v>
+      </c>
+      <c r="K19">
+        <v>6</v>
+      </c>
+      <c r="L19">
+        <v>4</v>
+      </c>
+      <c r="M19">
+        <v>3</v>
+      </c>
+      <c r="N19">
+        <v>4</v>
+      </c>
+      <c r="O19">
+        <v>3</v>
+      </c>
+      <c r="P19">
+        <v>3</v>
+      </c>
+      <c r="Q19">
+        <v>4</v>
+      </c>
+      <c r="R19">
+        <v>3</v>
+      </c>
+      <c r="S19">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="20">
+      <c r="A20" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B20" t="str">
+        <v>19</v>
+      </c>
+      <c r="C20">
+        <v>19</v>
+      </c>
+      <c r="D20" t="str">
+        <v>Martin B.</v>
+      </c>
+      <c r="E20">
+        <v>14</v>
+      </c>
+      <c r="F20">
+        <v>132</v>
+      </c>
+      <c r="H20" t="str">
+        <v>mellow80</v>
+      </c>
+      <c r="I20">
+        <v>5</v>
+      </c>
+      <c r="J20">
+        <v>37</v>
+      </c>
+      <c r="K20">
+        <v>5</v>
+      </c>
+      <c r="L20">
+        <v>4</v>
+      </c>
+      <c r="M20">
+        <v>4</v>
+      </c>
+      <c r="N20">
+        <v>5</v>
+      </c>
+      <c r="O20">
+        <v>4</v>
+      </c>
+      <c r="P20">
+        <v>3</v>
+      </c>
+      <c r="Q20">
+        <v>5</v>
+      </c>
+      <c r="R20">
+        <v>3</v>
+      </c>
+      <c r="S20">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="21">
+      <c r="A21" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B21" t="str">
+        <v>20</v>
+      </c>
+      <c r="C21">
+        <v>20</v>
+      </c>
+      <c r="D21" t="str">
+        <v>Mattes Höft</v>
+      </c>
+      <c r="E21">
+        <v>15</v>
+      </c>
+      <c r="F21">
+        <v>133</v>
+      </c>
+      <c r="H21" t="str">
+        <v>mattimcfly86</v>
+      </c>
+      <c r="I21">
+        <v>6</v>
+      </c>
+      <c r="J21">
+        <v>38</v>
+      </c>
+      <c r="K21">
+        <v>5</v>
+      </c>
+      <c r="L21">
+        <v>3</v>
+      </c>
+      <c r="M21">
+        <v>4</v>
+      </c>
+      <c r="N21">
+        <v>6</v>
+      </c>
+      <c r="O21">
+        <v>4</v>
+      </c>
+      <c r="P21">
+        <v>5</v>
+      </c>
+      <c r="Q21">
+        <v>4</v>
+      </c>
+      <c r="R21">
+        <v>4</v>
+      </c>
+      <c r="S21">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="22">
+      <c r="A22" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B22" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C22">
+        <v>21</v>
+      </c>
+      <c r="D22" t="str">
+        <v>Claas Zäncker</v>
+      </c>
+      <c r="E22">
+        <v>16</v>
+      </c>
+      <c r="F22">
+        <v>134</v>
+      </c>
+      <c r="H22" t="str">
+        <v>claasinger</v>
+      </c>
+      <c r="I22">
+        <v>6</v>
+      </c>
+      <c r="J22">
+        <v>38</v>
+      </c>
+      <c r="K22">
+        <v>5</v>
+      </c>
+      <c r="L22">
+        <v>4</v>
+      </c>
+      <c r="M22">
+        <v>5</v>
+      </c>
+      <c r="N22">
+        <v>5</v>
+      </c>
+      <c r="O22">
+        <v>4</v>
+      </c>
+      <c r="P22">
+        <v>4</v>
+      </c>
+      <c r="Q22">
+        <v>4</v>
+      </c>
+      <c r="R22">
+        <v>4</v>
+      </c>
+      <c r="S22">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="23">
+      <c r="A23" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B23" t="str">
+        <v>T21</v>
+      </c>
+      <c r="C23">
+        <v>21</v>
+      </c>
+      <c r="D23" t="str">
+        <v>Sven Mallé</v>
+      </c>
+      <c r="E23">
+        <v>16</v>
+      </c>
+      <c r="F23">
+        <v>134</v>
+      </c>
+      <c r="H23" t="str">
+        <v>sven0708</v>
+      </c>
+      <c r="I23">
+        <v>6</v>
+      </c>
+      <c r="J23">
+        <v>38</v>
+      </c>
+      <c r="K23">
+        <v>4</v>
+      </c>
+      <c r="L23">
+        <v>4</v>
+      </c>
+      <c r="M23">
+        <v>5</v>
+      </c>
+      <c r="N23">
+        <v>4</v>
+      </c>
+      <c r="O23">
+        <v>4</v>
+      </c>
+      <c r="P23">
+        <v>6</v>
+      </c>
+      <c r="Q23">
+        <v>3</v>
+      </c>
+      <c r="R23">
+        <v>3</v>
+      </c>
+      <c r="S23">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="24">
+      <c r="A24" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B24" t="str">
+        <v>T23</v>
+      </c>
+      <c r="C24">
+        <v>23</v>
+      </c>
+      <c r="D24" t="str">
+        <v>Michael Stechert</v>
+      </c>
+      <c r="E24">
+        <v>24</v>
+      </c>
+      <c r="F24">
+        <v>142</v>
+      </c>
+      <c r="H24" t="str">
+        <v>marconi65</v>
+      </c>
+      <c r="I24">
+        <v>9</v>
+      </c>
+      <c r="J24">
+        <v>41</v>
+      </c>
+      <c r="K24">
+        <v>6</v>
+      </c>
+      <c r="L24">
+        <v>5</v>
+      </c>
+      <c r="M24">
+        <v>5</v>
+      </c>
+      <c r="N24">
+        <v>4</v>
+      </c>
+      <c r="O24">
+        <v>4</v>
+      </c>
+      <c r="P24">
+        <v>5</v>
+      </c>
+      <c r="Q24">
+        <v>4</v>
+      </c>
+      <c r="R24">
+        <v>4</v>
+      </c>
+      <c r="S24">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="25">
+      <c r="A25" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B25" t="str">
+        <v>T23</v>
+      </c>
+      <c r="C25">
+        <v>23</v>
+      </c>
+      <c r="D25" t="str">
+        <v>Stefan Egger</v>
+      </c>
+      <c r="E25">
+        <v>24</v>
+      </c>
+      <c r="F25">
+        <v>142</v>
+      </c>
+      <c r="H25" t="str">
+        <v>segger</v>
+      </c>
+      <c r="I25">
+        <v>10</v>
+      </c>
+      <c r="J25">
+        <v>42</v>
+      </c>
+      <c r="K25">
+        <v>5</v>
+      </c>
+      <c r="L25">
+        <v>4</v>
+      </c>
+      <c r="M25">
+        <v>5</v>
+      </c>
+      <c r="N25">
+        <v>6</v>
+      </c>
+      <c r="O25">
+        <v>4</v>
+      </c>
+      <c r="P25">
+        <v>5</v>
+      </c>
+      <c r="Q25">
+        <v>4</v>
+      </c>
+      <c r="R25">
+        <v>4</v>
+      </c>
+      <c r="S25">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="26">
+      <c r="A26" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B26" t="str">
+        <v>25</v>
+      </c>
+      <c r="C26">
+        <v>25</v>
+      </c>
+      <c r="D26" t="str">
+        <v>Hannes Bunk</v>
+      </c>
+      <c r="E26">
+        <v>25</v>
+      </c>
+      <c r="F26">
+        <v>143</v>
+      </c>
+      <c r="H26" t="str">
+        <v>hannes25</v>
+      </c>
+      <c r="I26">
+        <v>6</v>
+      </c>
+      <c r="J26">
+        <v>38</v>
+      </c>
+      <c r="K26">
+        <v>5</v>
+      </c>
+      <c r="L26">
+        <v>4</v>
+      </c>
+      <c r="M26">
+        <v>5</v>
+      </c>
+      <c r="N26">
+        <v>5</v>
+      </c>
+      <c r="O26">
+        <v>3</v>
+      </c>
+      <c r="P26">
+        <v>4</v>
+      </c>
+      <c r="Q26">
+        <v>5</v>
+      </c>
+      <c r="R26">
+        <v>4</v>
+      </c>
+      <c r="S26">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="27">
+      <c r="A27" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B27" t="str">
+        <v>26</v>
+      </c>
+      <c r="C27">
+        <v>26</v>
+      </c>
+      <c r="D27" t="str">
+        <v>Thomas Till</v>
+      </c>
+      <c r="E27">
+        <v>27</v>
+      </c>
+      <c r="F27">
+        <v>145</v>
+      </c>
+      <c r="H27" t="str">
+        <v>tilly59</v>
+      </c>
+      <c r="I27">
+        <v>6</v>
+      </c>
+      <c r="J27">
+        <v>38</v>
+      </c>
+      <c r="K27">
+        <v>5</v>
+      </c>
+      <c r="L27">
+        <v>5</v>
+      </c>
+      <c r="M27">
+        <v>5</v>
+      </c>
+      <c r="N27">
+        <v>4</v>
+      </c>
+      <c r="O27">
+        <v>4</v>
+      </c>
+      <c r="P27">
+        <v>4</v>
+      </c>
+      <c r="Q27">
+        <v>5</v>
+      </c>
+      <c r="R27">
+        <v>4</v>
+      </c>
+      <c r="S27">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="28">
+      <c r="A28" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B28" t="str">
+        <v>27</v>
+      </c>
+      <c r="C28">
+        <v>27</v>
+      </c>
+      <c r="D28" t="str">
+        <v>Michael Thiede</v>
+      </c>
+      <c r="E28">
+        <v>28</v>
+      </c>
+      <c r="F28">
+        <v>146</v>
+      </c>
+      <c r="H28" t="str">
+        <v>zores988</v>
+      </c>
+      <c r="I28">
+        <v>8</v>
+      </c>
+      <c r="J28">
+        <v>40</v>
+      </c>
+      <c r="K28">
+        <v>7</v>
+      </c>
+      <c r="L28">
+        <v>4</v>
+      </c>
+      <c r="M28">
+        <v>5</v>
+      </c>
+      <c r="N28">
+        <v>6</v>
+      </c>
+      <c r="O28">
+        <v>2</v>
+      </c>
+      <c r="P28">
+        <v>4</v>
+      </c>
+      <c r="Q28">
+        <v>4</v>
+      </c>
+      <c r="R28">
+        <v>4</v>
+      </c>
+      <c r="S28">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="29">
+      <c r="A29" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B29" t="str">
+        <v>28</v>
+      </c>
+      <c r="C29">
+        <v>28</v>
+      </c>
+      <c r="D29" t="str">
+        <v>Bennett Schuldt</v>
+      </c>
+      <c r="E29">
+        <v>40</v>
+      </c>
+      <c r="F29">
+        <v>158</v>
+      </c>
+      <c r="H29" t="str">
+        <v>bennschu</v>
+      </c>
+      <c r="I29">
+        <v>10</v>
+      </c>
+      <c r="J29">
+        <v>42</v>
+      </c>
+      <c r="K29">
+        <v>7</v>
+      </c>
+      <c r="L29">
+        <v>7</v>
+      </c>
+      <c r="M29">
+        <v>5</v>
+      </c>
+      <c r="N29">
+        <v>4</v>
+      </c>
+      <c r="O29">
+        <v>3</v>
+      </c>
+      <c r="P29">
+        <v>4</v>
+      </c>
+      <c r="Q29">
+        <v>4</v>
+      </c>
+      <c r="R29">
+        <v>4</v>
+      </c>
+      <c r="S29">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="30">
+      <c r="A30" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B30" t="str">
+        <v>29</v>
+      </c>
+      <c r="C30">
+        <v>29</v>
+      </c>
+      <c r="D30" t="str">
+        <v>Jens Knorr</v>
+      </c>
+      <c r="E30">
+        <v>51</v>
+      </c>
+      <c r="F30">
+        <v>169</v>
+      </c>
+      <c r="H30" t="str">
+        <v>ipmum2202</v>
+      </c>
+      <c r="I30">
+        <v>12</v>
+      </c>
+      <c r="J30">
+        <v>44</v>
+      </c>
+      <c r="K30">
+        <v>5</v>
+      </c>
+      <c r="L30">
+        <v>5</v>
+      </c>
+      <c r="M30">
+        <v>6</v>
+      </c>
+      <c r="N30">
+        <v>7</v>
+      </c>
+      <c r="O30">
+        <v>4</v>
+      </c>
+      <c r="P30">
+        <v>4</v>
+      </c>
+      <c r="Q30">
+        <v>4</v>
+      </c>
+      <c r="R30">
+        <v>7</v>
+      </c>
+      <c r="S30">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="31">
+      <c r="A31" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B31" t="str">
+        <v>30</v>
+      </c>
+      <c r="C31">
+        <v>30</v>
+      </c>
+      <c r="D31" t="str">
+        <v>Steffen Barsuhn</v>
+      </c>
+      <c r="E31">
+        <v>68</v>
+      </c>
+      <c r="F31">
+        <v>186</v>
+      </c>
+      <c r="H31" t="str">
+        <v>crawlslasher</v>
+      </c>
+      <c r="I31">
+        <v>20</v>
+      </c>
+      <c r="J31">
+        <v>52</v>
+      </c>
+      <c r="K31">
+        <v>7</v>
+      </c>
+      <c r="L31">
+        <v>6</v>
+      </c>
+      <c r="M31">
+        <v>8</v>
+      </c>
+      <c r="N31">
+        <v>9</v>
+      </c>
+      <c r="O31">
+        <v>4</v>
+      </c>
+      <c r="P31">
+        <v>5</v>
+      </c>
+      <c r="Q31">
+        <v>5</v>
+      </c>
+      <c r="R31">
+        <v>4</v>
+      </c>
+      <c r="S31">
+        <v>4</v>
+      </c>
+    </row>
+    <row r="32">
+      <c r="A32" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B32" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D32" t="str">
+        <v>Alessandro Bandinelli</v>
+      </c>
+      <c r="E32">
+        <v>21</v>
+      </c>
+      <c r="F32">
+        <v>80</v>
+      </c>
+      <c r="H32" t="str">
+        <v>swondercita</v>
+      </c>
+      <c r="I32">
+        <v>0</v>
+      </c>
+      <c r="J32">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="33">
+      <c r="A33" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B33" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D33" t="str">
+        <v>Emilio Landi</v>
+      </c>
+      <c r="E33">
+        <v>26</v>
+      </c>
+      <c r="F33">
+        <v>85</v>
+      </c>
+      <c r="H33" t="str">
+        <v>diavelo</v>
+      </c>
+      <c r="I33">
+        <v>0</v>
+      </c>
+      <c r="J33">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="34">
+      <c r="A34" t="str">
+        <v>MPO</v>
+      </c>
+      <c r="B34" t="str">
+        <v>DNF</v>
+      </c>
+      <c r="D34" t="str">
+        <v>Diedrichsen Ole</v>
+      </c>
+      <c r="E34">
+        <v>0</v>
+      </c>
+      <c r="F34">
+        <v>0</v>
+      </c>
+      <c r="H34" t="str">
+        <v>oley1996</v>
+      </c>
+      <c r="I34">
+        <v>0</v>
+      </c>
+      <c r="J34">
+        <v>0</v>
+      </c>
+    </row>
+  </sheetData>
+  <ignoredErrors>
+    <ignoredError numberStoredAsText="1" sqref="A1:S34"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>5</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="1" baseType="lpstr">
+    <vt:vector size="5" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
+      <vt:lpstr>Round 1</vt:lpstr>
+      <vt:lpstr>Round 2</vt:lpstr>
+      <vt:lpstr>Round 3</vt:lpstr>
+      <vt:lpstr>Round 4</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>