--- v0 (2026-02-07)
+++ v1 (2026-03-23)
@@ -549,383 +549,464 @@
       </c>
       <c r="AA1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole_18</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_1A</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>Gen</v>
       </c>
       <c r="B2" t="str">
         <v>T1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v xml:space="preserve">Chayce cook &amp; Jeff Vincent </v>
       </c>
       <c r="E2">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="F2">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H2" t="str">
         <v>chaycecook,crappygillmore</v>
       </c>
       <c r="I2">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="J2">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="K2">
         <v>3</v>
       </c>
       <c r="L2">
         <v>3</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>2</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>3</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
+        <v>2</v>
+      </c>
+      <c r="V2">
+        <v>2</v>
+      </c>
+      <c r="W2">
+        <v>2</v>
+      </c>
+      <c r="X2">
+        <v>2</v>
+      </c>
+      <c r="Y2">
+        <v>3</v>
+      </c>
+      <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>2</v>
+      </c>
+      <c r="AB2">
         <v>2</v>
       </c>
       <c r="AC2">
         <v>2</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>Gen</v>
       </c>
       <c r="B3" t="str">
         <v>T1</v>
       </c>
       <c r="C3">
         <v>1</v>
       </c>
       <c r="D3" t="str">
         <v>Tony Serna</v>
       </c>
       <c r="E3">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="F3">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="H3" t="str">
         <v>tony7900</v>
       </c>
       <c r="I3">
-        <v>-5</v>
+        <v>-10</v>
       </c>
       <c r="J3">
-        <v>31</v>
+        <v>47</v>
       </c>
       <c r="K3">
         <v>3</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>2</v>
       </c>
       <c r="R3">
         <v>3</v>
       </c>
       <c r="S3">
         <v>2</v>
       </c>
       <c r="T3">
         <v>2</v>
       </c>
       <c r="U3">
+        <v>2</v>
+      </c>
+      <c r="V3">
+        <v>2</v>
+      </c>
+      <c r="W3">
+        <v>2</v>
+      </c>
+      <c r="X3">
+        <v>3</v>
+      </c>
+      <c r="Y3">
+        <v>2</v>
+      </c>
+      <c r="Z3">
+        <v>2</v>
+      </c>
+      <c r="AA3">
+        <v>3</v>
+      </c>
+      <c r="AB3">
         <v>2</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>Gen</v>
       </c>
       <c r="B4" t="str">
-        <v>T3</v>
+        <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v xml:space="preserve">Emily &amp; Robert </v>
+        <v>Wylie Kolb &amp; Grimble</v>
       </c>
       <c r="E4">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F4">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="H4" t="str">
-        <v>harleyquinn,bodyman</v>
+        <v>themilkman3184,grimble89</v>
       </c>
       <c r="I4">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="J4">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="K4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N4">
         <v>4</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>3</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
+        <v>3</v>
+      </c>
+      <c r="V4">
+        <v>2</v>
+      </c>
+      <c r="W4">
+        <v>4</v>
+      </c>
+      <c r="X4">
+        <v>3</v>
+      </c>
+      <c r="Y4">
+        <v>3</v>
+      </c>
+      <c r="Z4">
+        <v>3</v>
+      </c>
+      <c r="AA4">
+        <v>3</v>
+      </c>
+      <c r="AB4">
         <v>2</v>
       </c>
       <c r="AC4">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>Gen</v>
       </c>
       <c r="B5" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Django Kolb &amp; LaDonna Bishop</v>
       </c>
       <c r="E5">
         <v>-1</v>
       </c>
       <c r="F5">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H5" t="str">
         <v>djangokolb,ladonna77</v>
       </c>
       <c r="I5">
         <v>-1</v>
       </c>
       <c r="J5">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
         <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
+        <v>3</v>
+      </c>
+      <c r="Z5">
+        <v>3</v>
+      </c>
+      <c r="AA5">
+        <v>3</v>
+      </c>
+      <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
         <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>Gen</v>
       </c>
       <c r="B6" t="str">
-        <v>T3</v>
+        <v>T4</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D6" t="str">
-        <v>Wylie Kolb &amp; Grimble</v>
+        <v xml:space="preserve">Emily &amp; Robert </v>
       </c>
       <c r="E6">
         <v>-1</v>
       </c>
       <c r="F6">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="H6" t="str">
-        <v>themilkman3184,grimble89</v>
+        <v>harleyquinn,bodyman</v>
       </c>
       <c r="I6">
         <v>-1</v>
       </c>
       <c r="J6">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="K6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>
       <c r="R6">
         <v>3</v>
       </c>
       <c r="S6">
         <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W6">
+        <v>3</v>
+      </c>
+      <c r="X6">
         <v>4</v>
       </c>
-      <c r="X6">
-[...1 lines deleted...]
-      </c>
       <c r="Y6">
-        <v>3</v>
+        <v>2</v>
+      </c>
+      <c r="Z6">
+        <v>4</v>
+      </c>
+      <c r="AA6">
+        <v>3</v>
+      </c>
+      <c r="AB6">
+        <v>2</v>
       </c>
       <c r="AC6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC6"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>