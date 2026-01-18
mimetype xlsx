--- v0 (2025-12-17)
+++ v1 (2026-01-18)
@@ -6250,51 +6250,51 @@
       </c>
       <c r="AH56">
         <v>2</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" t="str">
         <v>GEN</v>
       </c>
       <c r="B57" t="str">
         <v>56</v>
       </c>
       <c r="C57">
         <v>56</v>
       </c>
       <c r="D57" t="str">
         <v>Jacob sebold</v>
       </c>
       <c r="E57">
         <v>18</v>
       </c>
       <c r="F57">
         <v>92</v>
       </c>
       <c r="H57" t="str">
-        <v>dischippi3</v>
+        <v>dischippi369</v>
       </c>
       <c r="I57">
         <v>18</v>
       </c>
       <c r="J57">
         <v>92</v>
       </c>
       <c r="K57">
         <v>4</v>
       </c>
       <c r="L57">
         <v>4</v>
       </c>
       <c r="M57">
         <v>4</v>
       </c>
       <c r="N57">
         <v>3</v>
       </c>
       <c r="O57">
         <v>5</v>
       </c>
       <c r="P57">
         <v>4</v>
       </c>