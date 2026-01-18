--- v0 (2025-11-29)
+++ v1 (2026-01-18)
@@ -765,1279 +765,1276 @@
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
       <c r="AD3">
         <v>3</v>
       </c>
       <c r="AE3">
         <v>3</v>
       </c>
       <c r="AF3">
         <v>3</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
       <c r="AH3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
-        <v>3</v>
+        <v>T3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
-        <v>Nick Anderson</v>
+        <v>Kyle Couper</v>
       </c>
       <c r="E4">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F4">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="G4">
-        <v>53889</v>
+        <v>150350</v>
       </c>
       <c r="H4" t="str">
-        <v>nwanderson</v>
+        <v>kylecouper</v>
       </c>
       <c r="I4">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J4">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="K4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L4">
         <v>3</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W4">
         <v>3</v>
       </c>
+      <c r="X4">
+        <v>4</v>
+      </c>
       <c r="Y4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z4">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE4">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF4">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG4">
         <v>3</v>
       </c>
       <c r="AH4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T3</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D5" t="str">
-        <v>Kyle Couper</v>
+        <v>Quien gallegos</v>
       </c>
       <c r="E5">
         <v>-3</v>
       </c>
       <c r="F5">
         <v>71</v>
       </c>
-      <c r="G5">
-[...1 lines deleted...]
-      </c>
       <c r="H5" t="str">
-        <v>kylecouper</v>
+        <v>senorito</v>
       </c>
       <c r="I5">
         <v>-3</v>
       </c>
       <c r="J5">
         <v>71</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U5">
         <v>3</v>
       </c>
       <c r="V5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W5">
         <v>3</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG5">
         <v>3</v>
       </c>
       <c r="AH5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T5</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D6" t="str">
-        <v>Quien gallegos</v>
+        <v>Shaggy Moles</v>
       </c>
       <c r="E6">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F6">
-        <v>71</v>
+        <v>72</v>
+      </c>
+      <c r="G6">
+        <v>105260</v>
       </c>
       <c r="H6" t="str">
-        <v>senorito</v>
+        <v>shaggy87</v>
       </c>
       <c r="I6">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J6">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="K6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>3</v>
       </c>
       <c r="N6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O6">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="T6">
         <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W6">
         <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z6">
         <v>3</v>
       </c>
       <c r="AA6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AE6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AG6">
         <v>3</v>
       </c>
       <c r="AH6">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>T5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D7" t="str">
-        <v>Shaggy Moles</v>
+        <v>Derek Winstanley</v>
       </c>
       <c r="E7">
         <v>-2</v>
       </c>
       <c r="F7">
         <v>72</v>
       </c>
       <c r="G7">
-        <v>105260</v>
+        <v>157617</v>
       </c>
       <c r="H7" t="str">
-        <v>shaggy87</v>
+        <v>derek44</v>
       </c>
       <c r="I7">
         <v>-2</v>
       </c>
       <c r="J7">
         <v>72</v>
       </c>
       <c r="K7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O7">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P7">
         <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>3</v>
       </c>
       <c r="S7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA7">
         <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF7">
         <v>4</v>
       </c>
       <c r="AG7">
         <v>3</v>
       </c>
       <c r="AH7">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>T7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Derek Winstanley</v>
+        <v>Levi Lowery</v>
       </c>
       <c r="E8">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F8">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="G8">
-        <v>157617</v>
+        <v>30292</v>
       </c>
       <c r="H8" t="str">
-        <v>derek44</v>
+        <v>levi30292</v>
       </c>
       <c r="I8">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J8">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="K8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O8">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q8">
         <v>4</v>
       </c>
       <c r="R8">
         <v>3</v>
       </c>
       <c r="S8">
         <v>3</v>
       </c>
       <c r="T8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE8">
         <v>4</v>
       </c>
       <c r="AF8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH8">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
-        <v>T8</v>
+        <v>T7</v>
       </c>
       <c r="C9">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D9" t="str">
-        <v>Levi Lowery</v>
+        <v>Kevin Lewis</v>
       </c>
       <c r="E9">
         <v>-1</v>
       </c>
       <c r="F9">
         <v>73</v>
       </c>
-      <c r="G9">
-[...1 lines deleted...]
-      </c>
       <c r="H9" t="str">
-        <v>levi30292</v>
+        <v>lewiskm3</v>
       </c>
       <c r="I9">
         <v>-1</v>
       </c>
       <c r="J9">
         <v>73</v>
       </c>
       <c r="K9">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>2</v>
       </c>
       <c r="O9">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="P9">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R9">
         <v>3</v>
       </c>
       <c r="S9">
         <v>3</v>
       </c>
       <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
         <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y9">
         <v>4</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD9">
         <v>2</v>
       </c>
       <c r="AE9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF9">
         <v>3</v>
       </c>
       <c r="AG9">
         <v>4</v>
       </c>
       <c r="AH9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T8</v>
+        <v>T9</v>
       </c>
       <c r="C10">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Kevin Lewis</v>
+        <v>Stephan Snyder</v>
       </c>
       <c r="E10">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="F10">
-        <v>73</v>
+        <v>76</v>
+      </c>
+      <c r="G10">
+        <v>132510</v>
       </c>
       <c r="H10" t="str">
-        <v>lewiskm3</v>
+        <v>stevosnyder</v>
       </c>
       <c r="I10">
-        <v>-1</v>
+        <v>2</v>
       </c>
       <c r="J10">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="K10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L10">
         <v>3</v>
       </c>
       <c r="M10">
         <v>3</v>
       </c>
       <c r="N10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O10">
         <v>4</v>
       </c>
       <c r="P10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T10">
         <v>3</v>
       </c>
       <c r="U10">
         <v>3</v>
       </c>
       <c r="V10">
         <v>3</v>
       </c>
       <c r="W10">
         <v>3</v>
       </c>
       <c r="X10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z10">
         <v>3</v>
       </c>
       <c r="AA10">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
       <c r="AC10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AD10">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF10">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG10">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AH10">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C11">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D11" t="str">
-        <v>Stephan Snyder</v>
+        <v>Chase Christian</v>
       </c>
       <c r="E11">
         <v>2</v>
       </c>
       <c r="F11">
         <v>76</v>
       </c>
       <c r="G11">
-        <v>132510</v>
+        <v>147595</v>
       </c>
       <c r="H11" t="str">
-        <v>stevosnyder</v>
+        <v>thewrangler</v>
       </c>
       <c r="I11">
         <v>2</v>
       </c>
       <c r="J11">
         <v>76</v>
       </c>
       <c r="K11">
         <v>3</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O11">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="P11">
         <v>3</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T11">
         <v>3</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="W11">
         <v>3</v>
       </c>
       <c r="X11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC11">
         <v>3</v>
       </c>
       <c r="AD11">
         <v>3</v>
       </c>
       <c r="AE11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG11">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH11">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
-        <v>T10</v>
+        <v>T9</v>
       </c>
       <c r="C12">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D12" t="str">
-        <v>Chase Christian</v>
+        <v xml:space="preserve">Ron Winstanley </v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>76</v>
       </c>
       <c r="G12">
-        <v>147595</v>
+        <v>163773</v>
       </c>
       <c r="H12" t="str">
-        <v>thewrangler</v>
+        <v>thetreefinder</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>76</v>
       </c>
       <c r="K12">
         <v>3</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O12">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="P12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
         <v>3</v>
       </c>
       <c r="S12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T12">
         <v>3</v>
       </c>
       <c r="U12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z12">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AC12">
         <v>3</v>
       </c>
       <c r="AD12">
         <v>3</v>
       </c>
       <c r="AE12">
         <v>3</v>
       </c>
       <c r="AF12">
         <v>3</v>
       </c>
       <c r="AG12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AH12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>T10</v>
+        <v>12</v>
       </c>
       <c r="C13">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v xml:space="preserve">Ron Winstanley </v>
+        <v>Jesse Schrad</v>
       </c>
       <c r="E13">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="F13">
-        <v>76</v>
-[...2 lines deleted...]
-        <v>163773</v>
+        <v>80</v>
       </c>
       <c r="H13" t="str">
-        <v>thetreefinder</v>
+        <v>jpschrad</v>
       </c>
       <c r="I13">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="J13">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="L13">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M13">
         <v>3</v>
       </c>
       <c r="N13">
         <v>3</v>
       </c>
       <c r="O13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
         <v>3</v>
       </c>
       <c r="W13">
         <v>3</v>
       </c>
       <c r="X13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC13">
         <v>3</v>
       </c>
       <c r="AD13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AE13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AF13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AG13">
         <v>4</v>
       </c>
       <c r="AH13">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Jesse Schrad</v>
+        <v>Mark Abney</v>
       </c>
       <c r="E14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F14">
-        <v>80</v>
+        <v>82</v>
+      </c>
+      <c r="G14">
+        <v>158670</v>
       </c>
       <c r="H14" t="str">
-        <v>jpschrad</v>
+        <v>junior92</v>
       </c>
       <c r="I14">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J14">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>5</v>
       </c>
       <c r="P14">
         <v>3</v>
       </c>
       <c r="Q14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T14">
         <v>3</v>
       </c>
       <c r="U14">
         <v>3</v>
       </c>
       <c r="V14">
         <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
         <v>3</v>
       </c>
       <c r="AA14">
         <v>4</v>
       </c>
       <c r="AB14">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="AC14">
         <v>3</v>
       </c>
       <c r="AD14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AE14">
         <v>4</v>
       </c>
       <c r="AF14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AG14">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="AH14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>14</v>
-[...2 lines deleted...]
-        <v>14</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Mark Abney</v>
+        <v>Nick Anderson</v>
       </c>
       <c r="E15">
-        <v>8</v>
+        <v>-4</v>
       </c>
       <c r="F15">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="G15">
-        <v>158670</v>
+        <v>53889</v>
       </c>
       <c r="H15" t="str">
-        <v>junior92</v>
+        <v>nwanderson</v>
       </c>
       <c r="I15">
-        <v>8</v>
+        <v>-4</v>
       </c>
       <c r="J15">
-        <v>82</v>
+        <v>67</v>
       </c>
       <c r="K15">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="L15">
         <v>3</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="P15">
         <v>3</v>
       </c>
       <c r="Q15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T15">
         <v>3</v>
       </c>
       <c r="U15">
         <v>3</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
-      <c r="X15">
-[...1 lines deleted...]
-      </c>
       <c r="Y15">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z15">
         <v>3</v>
       </c>
       <c r="AA15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB15">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AC15">
         <v>3</v>
       </c>
       <c r="AD15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE15">
         <v>4</v>
       </c>
       <c r="AF15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AG15">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="AH15">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AH15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>