--- v0 (2026-02-07)
+++ v1 (2026-03-23)
@@ -1911,50 +1911,53 @@
         <v>6</v>
       </c>
       <c r="AH14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>All</v>
       </c>
       <c r="B15" t="str">
         <v>14</v>
       </c>
       <c r="C15">
         <v>14</v>
       </c>
       <c r="D15" t="str">
         <v>Johnny B</v>
       </c>
       <c r="E15">
         <v>19</v>
       </c>
       <c r="F15">
         <v>93</v>
       </c>
+      <c r="G15">
+        <v>310541</v>
+      </c>
       <c r="H15" t="str">
         <v>jsbrink</v>
       </c>
       <c r="I15">
         <v>19</v>
       </c>
       <c r="J15">
         <v>93</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
       <c r="L15">
         <v>4</v>
       </c>
       <c r="M15">
         <v>3</v>
       </c>
       <c r="N15">
         <v>4</v>
       </c>
       <c r="O15">
         <v>6</v>
       </c>
       <c r="P15">