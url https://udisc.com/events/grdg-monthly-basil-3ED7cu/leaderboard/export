--- v0 (2025-10-14)
+++ v1 (2026-02-02)
@@ -2433,50 +2433,53 @@
         <v>3</v>
       </c>
       <c r="AB23">
         <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>MA3</v>
       </c>
       <c r="B24" t="str">
         <v>T3</v>
       </c>
       <c r="C24">
         <v>3</v>
       </c>
       <c r="D24" t="str">
         <v>Chris Rericha</v>
       </c>
       <c r="E24">
         <v>8</v>
       </c>
       <c r="F24">
         <v>65</v>
       </c>
+      <c r="G24">
+        <v>304017</v>
+      </c>
       <c r="H24" t="str">
         <v>crericha</v>
       </c>
       <c r="I24">
         <v>8</v>
       </c>
       <c r="J24">
         <v>65</v>
       </c>
       <c r="K24">
         <v>4</v>
       </c>
       <c r="L24">
         <v>3</v>
       </c>
       <c r="M24">
         <v>3</v>
       </c>
       <c r="N24">
         <v>4</v>
       </c>
       <c r="O24">
         <v>3</v>
       </c>
       <c r="P24">