--- v1 (2026-02-02)
+++ v2 (2026-03-17)
@@ -3552,51 +3552,51 @@
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>MA40</v>
       </c>
       <c r="B37" t="str">
         <v>1</v>
       </c>
       <c r="C37">
         <v>1</v>
       </c>
       <c r="D37" t="str">
         <v>Adam Brennan</v>
       </c>
       <c r="E37">
         <v>4</v>
       </c>
       <c r="F37">
         <v>61</v>
       </c>
       <c r="G37">
         <v>34792</v>
       </c>
       <c r="H37" t="str">
-        <v>abren84</v>
+        <v>adambrennan</v>
       </c>
       <c r="I37">
         <v>4</v>
       </c>
       <c r="J37">
         <v>61</v>
       </c>
       <c r="K37">
         <v>4</v>
       </c>
       <c r="L37">
         <v>3</v>
       </c>
       <c r="M37">
         <v>4</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
         <v>3</v>
       </c>
       <c r="P37">
         <v>3</v>
       </c>