--- v0 (2025-11-04)
+++ v1 (2026-03-15)
@@ -4756,51 +4756,51 @@
       </c>
     </row>
     <row r="51">
       <c r="A51" t="str">
         <v>MA40</v>
       </c>
       <c r="B51" t="str">
         <v>T5</v>
       </c>
       <c r="C51">
         <v>5</v>
       </c>
       <c r="D51" t="str">
         <v>Adam Brennan</v>
       </c>
       <c r="E51">
         <v>5</v>
       </c>
       <c r="F51">
         <v>62</v>
       </c>
       <c r="G51">
         <v>34792</v>
       </c>
       <c r="H51" t="str">
-        <v>abren84</v>
+        <v>adambrennan</v>
       </c>
       <c r="I51">
         <v>5</v>
       </c>
       <c r="J51">
         <v>62</v>
       </c>
       <c r="K51">
         <v>4</v>
       </c>
       <c r="L51">
         <v>4</v>
       </c>
       <c r="M51">
         <v>3</v>
       </c>
       <c r="N51">
         <v>4</v>
       </c>
       <c r="O51">
         <v>3</v>
       </c>
       <c r="P51">
         <v>3</v>
       </c>