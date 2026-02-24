--- v0 (2026-01-31)
+++ v1 (2026-02-24)
@@ -552,548 +552,701 @@
       </c>
       <c r="AB1" t="str">
         <v>hole_17</v>
       </c>
       <c r="AC1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Nolan Savage &amp; Reggie Townsend</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
-        <v>-6</v>
+        <v>-9</v>
       </c>
       <c r="G2">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="I2" t="str">
         <v>nolansav,reggiet2233</v>
       </c>
       <c r="J2">
-        <v>-6</v>
+        <v>-9</v>
       </c>
       <c r="K2">
-        <v>35</v>
+        <v>51</v>
+      </c>
+      <c r="L2">
+        <v>3</v>
+      </c>
+      <c r="M2">
+        <v>2</v>
+      </c>
+      <c r="N2">
+        <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>4</v>
       </c>
       <c r="R2">
         <v>3</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">
         <v>3</v>
       </c>
       <c r="U2">
         <v>3</v>
       </c>
       <c r="V2">
         <v>3</v>
       </c>
       <c r="W2">
         <v>2</v>
       </c>
       <c r="X2">
         <v>2</v>
       </c>
       <c r="Y2">
         <v>3</v>
       </c>
       <c r="Z2">
+        <v>3</v>
+      </c>
+      <c r="AA2">
+        <v>3</v>
+      </c>
+      <c r="AB2">
+        <v>2</v>
+      </c>
+      <c r="AC2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
-        <v>Steve Novakovic &amp; Kyle Walker</v>
+        <v>Chris O’Connell &amp; Chris Rericha</v>
       </c>
       <c r="E3">
-        <v>-1</v>
+        <v>-2</v>
       </c>
       <c r="F3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="G3">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="I3" t="str">
-        <v>novakovic,kyle49079</v>
+        <v>chrisoconnell,crericha</v>
       </c>
       <c r="J3">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="K3">
-        <v>30</v>
+        <v>53</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
+      <c r="M3">
+        <v>3</v>
+      </c>
+      <c r="N3">
+        <v>3</v>
+      </c>
+      <c r="O3">
+        <v>3</v>
+      </c>
+      <c r="P3">
+        <v>4</v>
+      </c>
+      <c r="Q3">
+        <v>3</v>
+      </c>
+      <c r="R3">
+        <v>2</v>
+      </c>
+      <c r="S3">
+        <v>3</v>
+      </c>
       <c r="T3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U3">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V3">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W3">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="X3">
         <v>3</v>
       </c>
       <c r="Y3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z3">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA3">
         <v>2</v>
       </c>
       <c r="AB3">
         <v>3</v>
       </c>
       <c r="AC3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>T2</v>
       </c>
       <c r="C4">
         <v>2</v>
       </c>
       <c r="D4" t="str">
         <v>Lorenzo brown &amp; Adam Brennan</v>
       </c>
       <c r="E4">
         <v>-4</v>
       </c>
       <c r="F4">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="G4">
-        <v>40</v>
+        <v>55</v>
       </c>
       <c r="I4" t="str">
-        <v>bigbiscut,abren84</v>
+        <v>bigbiscut,adambrennan</v>
       </c>
       <c r="J4">
-        <v>-5</v>
+        <v>-6</v>
       </c>
       <c r="K4">
-        <v>40</v>
+        <v>55</v>
+      </c>
+      <c r="L4">
+        <v>2</v>
+      </c>
+      <c r="M4">
+        <v>4</v>
+      </c>
+      <c r="N4">
+        <v>3</v>
+      </c>
+      <c r="O4">
+        <v>2</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>3</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
         <v>3</v>
       </c>
       <c r="U4">
         <v>3</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>2</v>
       </c>
       <c r="X4">
         <v>3</v>
       </c>
       <c r="Y4">
         <v>3</v>
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>3</v>
       </c>
       <c r="AB4">
         <v>3</v>
+      </c>
+      <c r="AC4">
+        <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
-        <v>T4</v>
+        <v>T2</v>
       </c>
       <c r="C5">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D5" t="str">
-        <v>Robert Demarco &amp; Robert Hazen</v>
+        <v>Steve Novakovic &amp; Kyle Walker</v>
       </c>
       <c r="E5">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="F5">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="G5">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="I5" t="str">
-        <v>robby57,rhazen70</v>
+        <v>novakovic,kyle49079</v>
       </c>
       <c r="J5">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="K5">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
+      <c r="M5">
+        <v>3</v>
+      </c>
+      <c r="N5">
+        <v>3</v>
+      </c>
+      <c r="O5">
+        <v>3</v>
+      </c>
+      <c r="P5">
+        <v>3</v>
+      </c>
+      <c r="Q5">
+        <v>3</v>
+      </c>
+      <c r="R5">
+        <v>3</v>
+      </c>
+      <c r="S5">
+        <v>4</v>
+      </c>
+      <c r="T5">
+        <v>2</v>
+      </c>
       <c r="U5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y5">
         <v>3</v>
       </c>
       <c r="Z5">
         <v>3</v>
       </c>
       <c r="AA5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB5">
         <v>3</v>
       </c>
       <c r="AC5">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
-        <v>T4</v>
+        <v>T2</v>
       </c>
       <c r="C6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D6" t="str">
-        <v>Chris O’Connell &amp; Chris Rericha</v>
-[...2 lines deleted...]
-        <v>-2</v>
+        <v>Steve Schickler &amp; Christopher Fiutko</v>
       </c>
       <c r="F6">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="G6">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="I6" t="str">
-        <v>chrisoconnell,crericha</v>
+        <v>schickler,fukes71134</v>
       </c>
       <c r="J6">
-        <v>-4</v>
+        <v>-6</v>
       </c>
       <c r="K6">
-        <v>32</v>
+        <v>51</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
+      <c r="M6">
+        <v>2</v>
+      </c>
+      <c r="N6">
+        <v>3</v>
+      </c>
+      <c r="O6">
+        <v>2</v>
+      </c>
+      <c r="P6">
+        <v>3</v>
+      </c>
+      <c r="Q6">
+        <v>3</v>
+      </c>
+      <c r="R6">
+        <v>4</v>
+      </c>
+      <c r="S6">
+        <v>4</v>
+      </c>
       <c r="T6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U6">
         <v>3</v>
       </c>
       <c r="V6">
         <v>3</v>
       </c>
       <c r="W6">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="X6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y6">
         <v>4</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AC6">
         <v>3</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
-        <v>T6</v>
+        <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
-        <v>Summit Heino &amp; Trevor Buck</v>
+        <v>Tim C. Campbell &amp; Mike Slaunwhite</v>
+      </c>
+      <c r="E7">
+        <v>-3</v>
       </c>
       <c r="F7">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="G7">
-        <v>35</v>
+        <v>55</v>
       </c>
       <c r="I7" t="str">
-        <v>svwwit,trevorbuck2001</v>
+        <v>tim30251,tehinternet</v>
       </c>
       <c r="J7">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="K7">
-        <v>35</v>
+        <v>55</v>
+      </c>
+      <c r="L7">
+        <v>3</v>
+      </c>
+      <c r="M7">
+        <v>3</v>
+      </c>
+      <c r="N7">
+        <v>3</v>
       </c>
       <c r="O7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P7">
         <v>4</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T7">
         <v>2</v>
       </c>
       <c r="U7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="X7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z7">
         <v>3</v>
+      </c>
+      <c r="AA7">
+        <v>3</v>
+      </c>
+      <c r="AB7">
+        <v>3</v>
+      </c>
+      <c r="AC7">
+        <v>4</v>
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
-        <v>T6</v>
+        <v>7</v>
       </c>
       <c r="C8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D8" t="str">
-        <v>Steve Schickler &amp; Christopher Fiutko</v>
+        <v>Summit Heino &amp; Trevor Buck</v>
       </c>
       <c r="F8">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="G8">
-        <v>38</v>
+        <v>53</v>
       </c>
       <c r="I8" t="str">
-        <v>schickler,fukes71134</v>
+        <v>svwwit,trevorbuck2001</v>
       </c>
       <c r="J8">
-        <v>-3</v>
+        <v>-4</v>
       </c>
       <c r="K8">
-        <v>38</v>
+        <v>53</v>
+      </c>
+      <c r="L8">
+        <v>3</v>
+      </c>
+      <c r="M8">
+        <v>3</v>
+      </c>
+      <c r="N8">
+        <v>3</v>
+      </c>
+      <c r="O8">
+        <v>3</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q8">
         <v>3</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S8">
         <v>4</v>
       </c>
       <c r="T8">
         <v>2</v>
       </c>
       <c r="U8">
         <v>3</v>
       </c>
       <c r="V8">
         <v>3</v>
       </c>
       <c r="W8">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X8">
         <v>2</v>
       </c>
       <c r="Y8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z8">
         <v>3</v>
       </c>
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
-        <v>2</v>
+        <v>3</v>
+      </c>
+      <c r="AC8">
+        <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
-        <v>Tim C. Campbell &amp; Mike Slaunwhite</v>
+        <v>Robert Demarco &amp; Robert Hazen</v>
       </c>
       <c r="E9">
-        <v>-3</v>
+        <v>-5</v>
       </c>
       <c r="F9">
         <v>-2</v>
       </c>
       <c r="G9">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="I9" t="str">
-        <v>tim30251,tehinternet</v>
+        <v>robby57,rhazen70</v>
       </c>
       <c r="J9">
         <v>-2</v>
       </c>
       <c r="K9">
-        <v>35</v>
+        <v>60</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
+        <v>4</v>
+      </c>
+      <c r="N9">
+        <v>4</v>
+      </c>
+      <c r="O9">
+        <v>3</v>
+      </c>
+      <c r="P9">
+        <v>3</v>
+      </c>
+      <c r="Q9">
+        <v>4</v>
+      </c>
+      <c r="R9">
+        <v>3</v>
+      </c>
+      <c r="S9">
+        <v>4</v>
+      </c>
+      <c r="T9">
         <v>3</v>
       </c>
       <c r="U9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V9">
         <v>3</v>
       </c>
       <c r="W9">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X9">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y9">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z9">
         <v>3</v>
       </c>
       <c r="AA9">
         <v>3</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
       <c r="AC9">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AC9"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>