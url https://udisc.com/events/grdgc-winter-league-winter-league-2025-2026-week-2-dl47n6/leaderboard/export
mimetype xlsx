--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -902,51 +902,51 @@
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T5</v>
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6" t="str">
         <v>Adam Brennan &amp; Steve Schickler</v>
       </c>
       <c r="E6">
         <v>-3</v>
       </c>
       <c r="F6">
         <v>-7</v>
       </c>
       <c r="G6">
         <v>53</v>
       </c>
       <c r="I6" t="str">
-        <v>abren84,schickler</v>
+        <v>adambrennan,schickler</v>
       </c>
       <c r="J6">
         <v>-7</v>
       </c>
       <c r="K6">
         <v>53</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>4</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>3</v>
       </c>
       <c r="Q6">
         <v>3</v>
       </c>