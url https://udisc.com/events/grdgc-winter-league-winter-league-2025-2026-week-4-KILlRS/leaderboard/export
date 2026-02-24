--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -813,51 +813,51 @@
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Adam Brennan &amp; Christian Roman</v>
       </c>
       <c r="E5">
         <v>-4</v>
       </c>
       <c r="F5">
         <v>-9</v>
       </c>
       <c r="G5">
         <v>52</v>
       </c>
       <c r="I5" t="str">
-        <v>abren84,chrisroman</v>
+        <v>adambrennan,chrisroman</v>
       </c>
       <c r="J5">
         <v>-9</v>
       </c>
       <c r="K5">
         <v>52</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>2</v>
       </c>
       <c r="P5">
         <v>3</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>