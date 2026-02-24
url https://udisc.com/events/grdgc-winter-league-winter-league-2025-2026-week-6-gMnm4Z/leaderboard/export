--- v0 (2026-01-11)
+++ v1 (2026-02-24)
@@ -644,51 +644,51 @@
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>T2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v>Shawn Matthews &amp; Adam Brennan</v>
       </c>
       <c r="E3">
         <v>-3</v>
       </c>
       <c r="F3">
         <v>-7</v>
       </c>
       <c r="G3">
         <v>53</v>
       </c>
       <c r="I3" t="str">
-        <v>smatthews2190,abren84</v>
+        <v>smatthews2190,adambrennan</v>
       </c>
       <c r="J3">
         <v>-7</v>
       </c>
       <c r="K3">
         <v>53</v>
       </c>
       <c r="L3">
         <v>3</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>3</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>3</v>
       </c>