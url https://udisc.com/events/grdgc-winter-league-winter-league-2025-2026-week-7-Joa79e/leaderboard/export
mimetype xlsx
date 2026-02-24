--- v0 (2026-01-31)
+++ v1 (2026-02-24)
@@ -558,51 +558,51 @@
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Trevor Buck &amp; Adam Brennan</v>
       </c>
       <c r="E2">
         <v>-3</v>
       </c>
       <c r="F2">
         <v>-7</v>
       </c>
       <c r="G2">
         <v>53</v>
       </c>
       <c r="I2" t="str">
-        <v>trevorbuck2001,abren84</v>
+        <v>trevorbuck2001,adambrennan</v>
       </c>
       <c r="J2">
         <v>-7</v>
       </c>
       <c r="K2">
         <v>53</v>
       </c>
       <c r="L2">
         <v>4</v>
       </c>
       <c r="M2">
         <v>2</v>
       </c>
       <c r="N2">
         <v>4</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>3</v>
       </c>