--- v0 (2026-01-10)
+++ v1 (2026-02-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB36"/>
+  <dimension ref="A1:AB35"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -1556,1894 +1556,1811 @@
       </c>
       <c r="W13">
         <v>4</v>
       </c>
       <c r="X13">
         <v>2</v>
       </c>
       <c r="Y13">
         <v>3</v>
       </c>
       <c r="Z13">
         <v>3</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>2</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T10</v>
+        <v>T13</v>
       </c>
       <c r="C14">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D14" t="str">
-        <v>Glenn</v>
+        <v>Brian Carroll</v>
       </c>
       <c r="E14">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="F14">
-        <v>47</v>
+        <v>48</v>
+      </c>
+      <c r="G14">
+        <v>52174</v>
       </c>
       <c r="H14" t="str">
-        <v>glenna</v>
+        <v>briancarroll</v>
       </c>
       <c r="I14">
-        <v>-7</v>
+        <v>-6</v>
       </c>
       <c r="J14">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="K14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P14">
         <v>2</v>
       </c>
       <c r="Q14">
         <v>2</v>
       </c>
       <c r="R14">
         <v>2</v>
       </c>
       <c r="S14">
         <v>4</v>
       </c>
       <c r="T14">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W14">
         <v>3</v>
       </c>
       <c r="X14">
         <v>2</v>
       </c>
       <c r="Y14">
         <v>3</v>
       </c>
       <c r="Z14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AB14">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C15">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D15" t="str">
-        <v>Brian Carroll</v>
+        <v>Michael Savoy</v>
       </c>
       <c r="E15">
         <v>-6</v>
       </c>
       <c r="F15">
         <v>48</v>
       </c>
       <c r="G15">
-        <v>52174</v>
+        <v>161380</v>
       </c>
       <c r="H15" t="str">
-        <v>briancarroll</v>
+        <v>dogofdisc</v>
       </c>
       <c r="I15">
         <v>-6</v>
       </c>
       <c r="J15">
         <v>48</v>
       </c>
       <c r="K15">
         <v>2</v>
       </c>
       <c r="L15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M15">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T15">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U15">
         <v>2</v>
       </c>
       <c r="V15">
         <v>3</v>
       </c>
       <c r="W15">
         <v>3</v>
       </c>
       <c r="X15">
         <v>2</v>
       </c>
       <c r="Y15">
         <v>3</v>
       </c>
       <c r="Z15">
         <v>2</v>
       </c>
       <c r="AA15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" t="str">
         <v>GEN</v>
       </c>
       <c r="B16" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C16">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D16" t="str">
-        <v>Michael Savoy</v>
+        <v>Chris Dowell</v>
       </c>
       <c r="E16">
         <v>-6</v>
       </c>
       <c r="F16">
         <v>48</v>
       </c>
       <c r="G16">
-        <v>161380</v>
+        <v>293932</v>
       </c>
       <c r="H16" t="str">
-        <v>dogofdisc</v>
+        <v>cdowell15</v>
       </c>
       <c r="I16">
         <v>-6</v>
       </c>
       <c r="J16">
         <v>48</v>
       </c>
       <c r="K16">
         <v>2</v>
       </c>
       <c r="L16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M16">
         <v>2</v>
       </c>
       <c r="N16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P16">
         <v>3</v>
       </c>
       <c r="Q16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R16">
         <v>3</v>
       </c>
       <c r="S16">
         <v>3</v>
       </c>
       <c r="T16">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V16">
         <v>3</v>
       </c>
       <c r="W16">
         <v>3</v>
       </c>
       <c r="X16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y16">
         <v>3</v>
       </c>
       <c r="Z16">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AA16">
         <v>3</v>
       </c>
       <c r="AB16">
         <v>3</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" t="str">
         <v>GEN</v>
       </c>
       <c r="B17" t="str">
-        <v>T14</v>
+        <v>T13</v>
       </c>
       <c r="C17">
-        <v>14</v>
+        <v>13</v>
       </c>
       <c r="D17" t="str">
-        <v>Chris Dowell</v>
+        <v>Kevin Huisman</v>
       </c>
       <c r="E17">
         <v>-6</v>
       </c>
       <c r="F17">
         <v>48</v>
       </c>
-      <c r="G17">
-[...1 lines deleted...]
-      </c>
       <c r="H17" t="str">
-        <v>cdowell15</v>
+        <v>kevinhuisman</v>
       </c>
       <c r="I17">
         <v>-6</v>
       </c>
       <c r="J17">
         <v>48</v>
       </c>
       <c r="K17">
         <v>2</v>
       </c>
       <c r="L17">
         <v>3</v>
       </c>
       <c r="M17">
         <v>2</v>
       </c>
       <c r="N17">
         <v>2</v>
       </c>
       <c r="O17">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q17">
         <v>2</v>
       </c>
       <c r="R17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T17">
         <v>2</v>
       </c>
       <c r="U17">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V17">
         <v>3</v>
       </c>
       <c r="W17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y17">
         <v>3</v>
       </c>
       <c r="Z17">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA17">
         <v>3</v>
       </c>
       <c r="AB17">
         <v>3</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" t="str">
         <v>GEN</v>
       </c>
       <c r="B18" t="str">
-        <v>T14</v>
+        <v>T17</v>
       </c>
       <c r="C18">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D18" t="str">
-        <v>Kevin Huisman</v>
+        <v>Bret Good</v>
       </c>
       <c r="E18">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="F18">
-        <v>48</v>
+        <v>49</v>
+      </c>
+      <c r="G18">
+        <v>16582</v>
       </c>
       <c r="H18" t="str">
-        <v>kevinhuisman</v>
+        <v>bgood210</v>
       </c>
       <c r="I18">
-        <v>-6</v>
+        <v>-5</v>
       </c>
       <c r="J18">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="K18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L18">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M18">
         <v>2</v>
       </c>
       <c r="N18">
         <v>2</v>
       </c>
       <c r="O18">
         <v>3</v>
       </c>
       <c r="P18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q18">
         <v>2</v>
       </c>
       <c r="R18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S18">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T18">
         <v>2</v>
       </c>
       <c r="U18">
         <v>2</v>
       </c>
       <c r="V18">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X18">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y18">
         <v>3</v>
       </c>
       <c r="Z18">
         <v>4</v>
       </c>
       <c r="AA18">
         <v>3</v>
       </c>
       <c r="AB18">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" t="str">
         <v>GEN</v>
       </c>
       <c r="B19" t="str">
-        <v>T18</v>
+        <v>T17</v>
       </c>
       <c r="C19">
-        <v>18</v>
+        <v>17</v>
       </c>
       <c r="D19" t="str">
-        <v>Bret Good</v>
+        <v>Brandon Sorensen</v>
       </c>
       <c r="E19">
         <v>-5</v>
       </c>
       <c r="F19">
         <v>49</v>
       </c>
-      <c r="G19">
-[...1 lines deleted...]
-      </c>
       <c r="H19" t="str">
-        <v>bgood210</v>
+        <v>grdod2023</v>
       </c>
       <c r="I19">
         <v>-5</v>
       </c>
       <c r="J19">
         <v>49</v>
       </c>
       <c r="K19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M19">
         <v>2</v>
       </c>
       <c r="N19">
         <v>2</v>
       </c>
       <c r="O19">
         <v>3</v>
       </c>
       <c r="P19">
         <v>3</v>
       </c>
       <c r="Q19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S19">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T19">
         <v>2</v>
       </c>
       <c r="U19">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W19">
         <v>3</v>
       </c>
       <c r="X19">
         <v>3</v>
       </c>
       <c r="Y19">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z19">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA19">
         <v>3</v>
       </c>
       <c r="AB19">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" t="str">
         <v>GEN</v>
       </c>
       <c r="B20" t="str">
-        <v>T18</v>
+        <v>19</v>
       </c>
       <c r="C20">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D20" t="str">
-        <v>Brandon Sorensen</v>
+        <v>Joe Gill</v>
       </c>
       <c r="E20">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="F20">
-        <v>49</v>
+        <v>50</v>
+      </c>
+      <c r="G20">
+        <v>3550</v>
       </c>
       <c r="H20" t="str">
-        <v>grdod2023</v>
+        <v>jjgdisc</v>
       </c>
       <c r="I20">
-        <v>-5</v>
+        <v>-4</v>
       </c>
       <c r="J20">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="K20">
         <v>2</v>
       </c>
       <c r="L20">
         <v>3</v>
       </c>
       <c r="M20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N20">
         <v>2</v>
       </c>
       <c r="O20">
         <v>3</v>
       </c>
       <c r="P20">
         <v>3</v>
       </c>
       <c r="Q20">
         <v>3</v>
       </c>
       <c r="R20">
         <v>2</v>
       </c>
       <c r="S20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="T20">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="U20">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V20">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W20">
         <v>3</v>
       </c>
       <c r="X20">
         <v>3</v>
       </c>
       <c r="Y20">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Z20">
         <v>3</v>
       </c>
       <c r="AA20">
         <v>3</v>
       </c>
       <c r="AB20">
         <v>3</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" t="str">
         <v>GEN</v>
       </c>
       <c r="B21" t="str">
-        <v>20</v>
+        <v>T20</v>
       </c>
       <c r="C21">
         <v>20</v>
       </c>
       <c r="D21" t="str">
-        <v>Joe Gill</v>
+        <v>Ryan Buehlman</v>
       </c>
       <c r="E21">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="F21">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="G21">
-        <v>3550</v>
+        <v>262016</v>
       </c>
       <c r="H21" t="str">
-        <v>jjgdisc</v>
+        <v>dabdude</v>
       </c>
       <c r="I21">
-        <v>-4</v>
+        <v>-3</v>
       </c>
       <c r="J21">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="K21">
         <v>2</v>
       </c>
       <c r="L21">
         <v>3</v>
       </c>
       <c r="M21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N21">
         <v>2</v>
       </c>
       <c r="O21">
         <v>3</v>
       </c>
       <c r="P21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q21">
         <v>3</v>
       </c>
       <c r="R21">
         <v>2</v>
       </c>
       <c r="S21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T21">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="U21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="V21">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W21">
         <v>3</v>
       </c>
       <c r="X21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y21">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z21">
         <v>3</v>
       </c>
       <c r="AA21">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB21">
         <v>3</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" t="str">
         <v>GEN</v>
       </c>
       <c r="B22" t="str">
-        <v>T21</v>
+        <v>T20</v>
       </c>
       <c r="C22">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D22" t="str">
-        <v>Ryan Buehlman</v>
+        <v>Lefty Chris</v>
       </c>
       <c r="E22">
         <v>-3</v>
       </c>
       <c r="F22">
         <v>51</v>
       </c>
-      <c r="G22">
-[...1 lines deleted...]
-      </c>
       <c r="H22" t="str">
-        <v>dabdude</v>
+        <v>chriswalton</v>
       </c>
       <c r="I22">
         <v>-3</v>
       </c>
       <c r="J22">
         <v>51</v>
       </c>
       <c r="K22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L22">
         <v>3</v>
       </c>
       <c r="M22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N22">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P22">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q22">
         <v>3</v>
       </c>
       <c r="R22">
         <v>2</v>
       </c>
       <c r="S22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T22">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="U22">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="V22">
         <v>3</v>
       </c>
       <c r="W22">
         <v>3</v>
       </c>
       <c r="X22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y22">
         <v>3</v>
       </c>
       <c r="Z22">
         <v>3</v>
       </c>
       <c r="AA22">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB22">
-        <v>3</v>
+        <v>2</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" t="str">
         <v>GEN</v>
       </c>
       <c r="B23" t="str">
-        <v>T21</v>
+        <v>T20</v>
       </c>
       <c r="C23">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="D23" t="str">
-        <v>Lefty Chris</v>
+        <v>Nate Davis</v>
       </c>
       <c r="E23">
         <v>-3</v>
       </c>
       <c r="F23">
         <v>51</v>
       </c>
       <c r="H23" t="str">
-        <v>chriswalton</v>
+        <v>natedavis11</v>
       </c>
       <c r="I23">
         <v>-3</v>
       </c>
       <c r="J23">
         <v>51</v>
       </c>
       <c r="K23">
         <v>3</v>
       </c>
       <c r="L23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O23">
         <v>2</v>
       </c>
       <c r="P23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R23">
         <v>2</v>
       </c>
       <c r="S23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T23">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U23">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W23">
         <v>3</v>
       </c>
       <c r="X23">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Y23">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z23">
         <v>3</v>
       </c>
       <c r="AA23">
         <v>3</v>
       </c>
       <c r="AB23">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" t="str">
         <v>GEN</v>
       </c>
       <c r="B24" t="str">
-        <v>T21</v>
+        <v>23</v>
       </c>
       <c r="C24">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D24" t="str">
-        <v>Nate Davis</v>
+        <v>Jessica Westman</v>
       </c>
       <c r="E24">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="F24">
-        <v>51</v>
+        <v>52</v>
+      </c>
+      <c r="G24">
+        <v>155559</v>
       </c>
       <c r="H24" t="str">
-        <v>natedavis11</v>
+        <v>jess3131</v>
       </c>
       <c r="I24">
-        <v>-3</v>
+        <v>-2</v>
       </c>
       <c r="J24">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="K24">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N24">
         <v>2</v>
       </c>
       <c r="O24">
         <v>2</v>
       </c>
       <c r="P24">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="Q24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S24">
         <v>3</v>
       </c>
       <c r="T24">
         <v>3</v>
       </c>
       <c r="U24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V24">
         <v>4</v>
       </c>
       <c r="W24">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X24">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Y24">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z24">
         <v>3</v>
       </c>
       <c r="AA24">
         <v>3</v>
       </c>
       <c r="AB24">
         <v>3</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" t="str">
         <v>GEN</v>
       </c>
       <c r="B25" t="str">
         <v>24</v>
       </c>
       <c r="C25">
         <v>24</v>
       </c>
       <c r="D25" t="str">
-        <v>Jessica Westman</v>
+        <v>Kyle ervin</v>
       </c>
       <c r="E25">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="F25">
-        <v>52</v>
-[...2 lines deleted...]
-        <v>155559</v>
+        <v>53</v>
       </c>
       <c r="H25" t="str">
-        <v>jess3131</v>
+        <v>ervinkyle2004</v>
       </c>
       <c r="I25">
-        <v>-2</v>
+        <v>-1</v>
       </c>
       <c r="J25">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="K25">
         <v>2</v>
       </c>
       <c r="L25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M25">
         <v>3</v>
       </c>
       <c r="N25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O25">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P25">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R25">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S25">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T25">
         <v>3</v>
       </c>
       <c r="U25">
         <v>3</v>
       </c>
       <c r="V25">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="W25">
         <v>4</v>
       </c>
       <c r="X25">
         <v>3</v>
       </c>
       <c r="Y25">
         <v>3</v>
       </c>
       <c r="Z25">
         <v>3</v>
       </c>
       <c r="AA25">
         <v>3</v>
       </c>
       <c r="AB25">
         <v>3</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" t="str">
         <v>GEN</v>
       </c>
       <c r="B26" t="str">
         <v>25</v>
       </c>
       <c r="C26">
         <v>25</v>
       </c>
       <c r="D26" t="str">
-        <v>Kyle ervin</v>
+        <v>Chris abella</v>
       </c>
       <c r="E26">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="F26">
-        <v>53</v>
+        <v>55</v>
+      </c>
+      <c r="G26">
+        <v>267321</v>
       </c>
       <c r="H26" t="str">
-        <v>ervinkyle2004</v>
+        <v>dabking710</v>
       </c>
       <c r="I26">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J26">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L26">
         <v>2</v>
       </c>
       <c r="M26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N26">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="O26">
         <v>3</v>
       </c>
       <c r="P26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R26">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T26">
         <v>3</v>
       </c>
       <c r="U26">
         <v>3</v>
       </c>
       <c r="V26">
         <v>3</v>
       </c>
       <c r="W26">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X26">
         <v>3</v>
       </c>
       <c r="Y26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA26">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB26">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" t="str">
         <v>GEN</v>
       </c>
       <c r="B27" t="str">
-        <v>26</v>
+        <v>T26</v>
       </c>
       <c r="C27">
         <v>26</v>
       </c>
       <c r="D27" t="str">
-        <v>Chris abella</v>
+        <v>Merrisa Savoy</v>
       </c>
       <c r="E27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F27">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="G27">
-        <v>267321</v>
+        <v>191716</v>
       </c>
       <c r="H27" t="str">
-        <v>dabking710</v>
+        <v>msavoy125</v>
       </c>
       <c r="I27">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J27">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K27">
         <v>3</v>
       </c>
       <c r="L27">
         <v>2</v>
       </c>
       <c r="M27">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N27">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="O27">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P27">
         <v>3</v>
       </c>
       <c r="Q27">
         <v>3</v>
       </c>
       <c r="R27">
         <v>3</v>
       </c>
       <c r="S27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U27">
         <v>3</v>
       </c>
       <c r="V27">
         <v>3</v>
       </c>
       <c r="W27">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X27">
         <v>3</v>
       </c>
       <c r="Y27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA27">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB27">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" t="str">
         <v>GEN</v>
       </c>
       <c r="B28" t="str">
-        <v>T27</v>
+        <v>T26</v>
       </c>
       <c r="C28">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D28" t="str">
-        <v>Merrisa Savoy</v>
+        <v>Anthony Taylor</v>
       </c>
       <c r="E28">
         <v>2</v>
       </c>
       <c r="F28">
         <v>56</v>
       </c>
       <c r="G28">
-        <v>191716</v>
+        <v>303734</v>
       </c>
       <c r="H28" t="str">
-        <v>msavoy125</v>
+        <v>anthonytaylor</v>
       </c>
       <c r="I28">
         <v>2</v>
       </c>
       <c r="J28">
         <v>56</v>
       </c>
       <c r="K28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N28">
         <v>4</v>
       </c>
       <c r="O28">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P28">
         <v>3</v>
       </c>
       <c r="Q28">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S28">
         <v>4</v>
       </c>
       <c r="T28">
         <v>4</v>
       </c>
       <c r="U28">
         <v>3</v>
       </c>
       <c r="V28">
         <v>3</v>
       </c>
       <c r="W28">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X28">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y28">
         <v>3</v>
       </c>
       <c r="Z28">
         <v>3</v>
       </c>
       <c r="AA28">
         <v>3</v>
       </c>
       <c r="AB28">
         <v>3</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" t="str">
         <v>GEN</v>
       </c>
       <c r="B29" t="str">
-        <v>T27</v>
+        <v>T26</v>
       </c>
       <c r="C29">
-        <v>27</v>
+        <v>26</v>
       </c>
       <c r="D29" t="str">
-        <v>Anthony Taylor</v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E29">
         <v>2</v>
       </c>
       <c r="F29">
         <v>56</v>
       </c>
-      <c r="G29">
-[...1 lines deleted...]
-      </c>
       <c r="H29" t="str">
-        <v>anthonytaylor</v>
+        <v>brandon72185</v>
       </c>
       <c r="I29">
         <v>2</v>
       </c>
       <c r="J29">
         <v>56</v>
       </c>
       <c r="K29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L29">
         <v>3</v>
       </c>
       <c r="M29">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O29">
         <v>3</v>
       </c>
       <c r="P29">
         <v>3</v>
       </c>
       <c r="Q29">
         <v>2</v>
       </c>
       <c r="R29">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W29">
         <v>3</v>
       </c>
       <c r="X29">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z29">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AA29">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB29">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T27</v>
+        <v>T29</v>
       </c>
       <c r="C30">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D30" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Michael Ursul</v>
       </c>
       <c r="E30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="F30">
-        <v>56</v>
+        <v>57</v>
+      </c>
+      <c r="G30">
+        <v>297635</v>
       </c>
       <c r="H30" t="str">
-        <v>brandon72185</v>
+        <v>ursulm</v>
       </c>
       <c r="I30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="J30">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="K30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L30">
         <v>3</v>
       </c>
       <c r="M30">
         <v>3</v>
       </c>
       <c r="N30">
         <v>3</v>
       </c>
       <c r="O30">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P30">
         <v>3</v>
       </c>
       <c r="Q30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R30">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S30">
         <v>3</v>
       </c>
       <c r="T30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V30">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="W30">
         <v>3</v>
       </c>
       <c r="X30">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z30">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AA30">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB30">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T30</v>
+        <v>T29</v>
       </c>
       <c r="C31">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="D31" t="str">
-        <v>Michael Ursul</v>
+        <v xml:space="preserve">Jordan vandenbosch </v>
       </c>
       <c r="E31">
         <v>3</v>
       </c>
       <c r="F31">
         <v>57</v>
       </c>
-      <c r="G31">
-[...1 lines deleted...]
-      </c>
       <c r="H31" t="str">
-        <v>ursulm</v>
+        <v>mjkushberry</v>
       </c>
       <c r="I31">
         <v>3</v>
       </c>
       <c r="J31">
         <v>57</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X31">
         <v>4</v>
       </c>
       <c r="Y31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z31">
         <v>4</v>
       </c>
       <c r="AA31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB31">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
-        <v>T30</v>
+        <v>31</v>
       </c>
       <c r="C32">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v xml:space="preserve">Jordan vandenbosch </v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E32">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="F32">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="H32" t="str">
-        <v>mjkushberry</v>
+        <v>allisont1325</v>
       </c>
       <c r="I32">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="J32">
-        <v>57</v>
+        <v>62</v>
       </c>
       <c r="K32">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="L32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S32">
         <v>3</v>
       </c>
       <c r="T32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U32">
         <v>3</v>
       </c>
       <c r="V32">
         <v>4</v>
       </c>
       <c r="W32">
         <v>4</v>
       </c>
       <c r="X32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y32">
         <v>4</v>
       </c>
       <c r="Z32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA32">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB32">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
         <v>32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>AllisonMooney</v>
+        <v xml:space="preserve">Savannah Rosloniec </v>
       </c>
       <c r="E33">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="F33">
-        <v>62</v>
+        <v>63</v>
+      </c>
+      <c r="G33">
+        <v>302318</v>
       </c>
       <c r="H33" t="str">
-        <v>allisont1325</v>
+        <v>savannah8623</v>
       </c>
       <c r="I33">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="J33">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="L33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M33">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O33">
         <v>4</v>
       </c>
       <c r="P33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U33">
         <v>3</v>
       </c>
       <c r="V33">
         <v>4</v>
       </c>
       <c r="W33">
         <v>4</v>
       </c>
       <c r="X33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y33">
         <v>4</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
-        <v>33</v>
-[...2 lines deleted...]
-        <v>33</v>
+        <v>DNF</v>
       </c>
       <c r="D34" t="str">
-        <v xml:space="preserve">Savannah Rosloniec </v>
+        <v>Shawn Freeland</v>
       </c>
       <c r="E34">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="F34">
-        <v>63</v>
+        <v>7</v>
       </c>
       <c r="G34">
-        <v>302318</v>
+        <v>11071</v>
       </c>
       <c r="H34" t="str">
-        <v>savannah8623</v>
+        <v>st0rmtr00per</v>
       </c>
       <c r="I34">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="J34">
-        <v>63</v>
-[...26 lines deleted...]
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="T34">
         <v>3</v>
       </c>
       <c r="U34">
-        <v>3</v>
-[...19 lines deleted...]
-      <c r="AB34">
         <v>4</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
         <v>DNF</v>
       </c>
       <c r="D35" t="str">
-        <v>Shawn Freeland</v>
+        <v>Rob Shafer</v>
       </c>
       <c r="E35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F35">
-        <v>7</v>
-[...2 lines deleted...]
-        <v>11071</v>
+        <v>8</v>
       </c>
       <c r="H35" t="str">
-        <v>st0rmtr00per</v>
+        <v>kaptintaztik</v>
       </c>
       <c r="I35">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J35">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="T35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U35">
-        <v>4</v>
-[...30 lines deleted...]
-      <c r="U36">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB36"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB35"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 