--- v0 (2026-01-10)
+++ v1 (2026-02-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB43"/>
+  <dimension ref="A1:AB42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -3516,635 +3516,552 @@
       </c>
       <c r="Y36">
         <v>3</v>
       </c>
       <c r="Z36">
         <v>3</v>
       </c>
       <c r="AA36">
         <v>3</v>
       </c>
       <c r="AB36">
         <v>3</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" t="str">
         <v>GEN</v>
       </c>
       <c r="B37" t="str">
         <v>T34</v>
       </c>
       <c r="C37">
         <v>34</v>
       </c>
       <c r="D37" t="str">
-        <v>Glenn</v>
+        <v xml:space="preserve">Jordan vandenbosch </v>
       </c>
       <c r="E37">
         <v>1</v>
       </c>
       <c r="F37">
         <v>55</v>
       </c>
       <c r="H37" t="str">
-        <v>glenna</v>
+        <v>mjkushberry</v>
       </c>
       <c r="I37">
         <v>1</v>
       </c>
       <c r="J37">
         <v>55</v>
       </c>
       <c r="K37">
         <v>2</v>
       </c>
       <c r="L37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N37">
         <v>3</v>
       </c>
       <c r="O37">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P37">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R37">
         <v>3</v>
       </c>
       <c r="S37">
         <v>3</v>
       </c>
       <c r="T37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U37">
         <v>3</v>
       </c>
       <c r="V37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X37">
         <v>3</v>
       </c>
       <c r="Y37">
         <v>3</v>
       </c>
       <c r="Z37">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA37">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB37">
         <v>3</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
-        <v>T34</v>
+        <v>T37</v>
       </c>
       <c r="C38">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="D38" t="str">
-        <v xml:space="preserve">Jordan vandenbosch </v>
+        <v>Jessica Westman</v>
       </c>
       <c r="E38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="F38">
-        <v>55</v>
+        <v>56</v>
+      </c>
+      <c r="G38">
+        <v>155559</v>
       </c>
       <c r="H38" t="str">
-        <v>mjkushberry</v>
+        <v>jess3131</v>
       </c>
       <c r="I38">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="J38">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="K38">
         <v>2</v>
       </c>
       <c r="L38">
         <v>3</v>
       </c>
       <c r="M38">
         <v>2</v>
       </c>
       <c r="N38">
         <v>3</v>
       </c>
       <c r="O38">
         <v>3</v>
       </c>
       <c r="P38">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q38">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R38">
         <v>3</v>
       </c>
       <c r="S38">
         <v>3</v>
       </c>
       <c r="T38">
         <v>4</v>
       </c>
       <c r="U38">
         <v>3</v>
       </c>
       <c r="V38">
         <v>4</v>
       </c>
       <c r="W38">
         <v>4</v>
       </c>
       <c r="X38">
         <v>3</v>
       </c>
       <c r="Y38">
         <v>3</v>
       </c>
       <c r="Z38">
         <v>4</v>
       </c>
       <c r="AA38">
         <v>3</v>
       </c>
       <c r="AB38">
         <v>3</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
-        <v>T38</v>
+        <v>T37</v>
       </c>
       <c r="C39">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="D39" t="str">
-        <v>Jessica Westman</v>
+        <v>Merrisa Savoy</v>
       </c>
       <c r="E39">
         <v>2</v>
       </c>
       <c r="F39">
         <v>56</v>
       </c>
       <c r="G39">
-        <v>155559</v>
+        <v>191716</v>
       </c>
       <c r="H39" t="str">
-        <v>jess3131</v>
+        <v>msavoy125</v>
       </c>
       <c r="I39">
         <v>2</v>
       </c>
       <c r="J39">
         <v>56</v>
       </c>
       <c r="K39">
         <v>2</v>
       </c>
       <c r="L39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M39">
         <v>2</v>
       </c>
       <c r="N39">
         <v>3</v>
       </c>
       <c r="O39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P39">
         <v>4</v>
       </c>
       <c r="Q39">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="R39">
         <v>3</v>
       </c>
       <c r="S39">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="T39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U39">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V39">
         <v>4</v>
       </c>
       <c r="W39">
         <v>4</v>
       </c>
       <c r="X39">
         <v>3</v>
       </c>
       <c r="Y39">
         <v>3</v>
       </c>
       <c r="Z39">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA39">
         <v>3</v>
       </c>
       <c r="AB39">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
-        <v>T38</v>
+        <v>39</v>
       </c>
       <c r="C40">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="D40" t="str">
-        <v>Merrisa Savoy</v>
+        <v>Rob Shafer</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="F40">
-        <v>56</v>
-[...2 lines deleted...]
-        <v>191716</v>
+        <v>58</v>
       </c>
       <c r="H40" t="str">
-        <v>msavoy125</v>
+        <v>kaptintaztik</v>
       </c>
       <c r="I40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="J40">
-        <v>56</v>
+        <v>58</v>
       </c>
       <c r="K40">
         <v>2</v>
       </c>
       <c r="L40">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N40">
         <v>3</v>
       </c>
       <c r="O40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q40">
         <v>3</v>
       </c>
       <c r="R40">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="S40">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="T40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U40">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V40">
         <v>4</v>
       </c>
       <c r="W40">
         <v>4</v>
       </c>
       <c r="X40">
         <v>3</v>
       </c>
       <c r="Y40">
         <v>3</v>
       </c>
       <c r="Z40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA40">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB40">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>40</v>
       </c>
       <c r="C41">
         <v>40</v>
       </c>
       <c r="D41" t="str">
-        <v>Rob Shafer</v>
+        <v>Abbie Hansel</v>
       </c>
       <c r="E41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="F41">
-        <v>58</v>
+        <v>59</v>
+      </c>
+      <c r="G41">
+        <v>215819</v>
       </c>
       <c r="H41" t="str">
-        <v>kaptintaztik</v>
+        <v>abbielhans</v>
       </c>
       <c r="I41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="J41">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="K41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L41">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O41">
         <v>3</v>
       </c>
       <c r="P41">
         <v>3</v>
       </c>
       <c r="Q41">
         <v>3</v>
       </c>
       <c r="R41">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S41">
         <v>4</v>
       </c>
       <c r="T41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U41">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V41">
         <v>4</v>
       </c>
       <c r="W41">
         <v>4</v>
       </c>
       <c r="X41">
         <v>3</v>
       </c>
       <c r="Y41">
         <v>3</v>
       </c>
       <c r="Z41">
         <v>4</v>
       </c>
       <c r="AA41">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB41">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>41</v>
       </c>
       <c r="C42">
         <v>41</v>
       </c>
       <c r="D42" t="str">
-        <v>Abbie Hansel</v>
+        <v xml:space="preserve">Savannah Rosloniec </v>
       </c>
       <c r="E42">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="F42">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="G42">
-        <v>215819</v>
+        <v>302318</v>
       </c>
       <c r="H42" t="str">
-        <v>abbielhans</v>
+        <v>savannah8623</v>
       </c>
       <c r="I42">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="J42">
-        <v>59</v>
+        <v>65</v>
       </c>
       <c r="K42">
         <v>3</v>
       </c>
       <c r="L42">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="M42">
         <v>3</v>
       </c>
       <c r="N42">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O42">
         <v>3</v>
       </c>
       <c r="P42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q42">
         <v>3</v>
       </c>
       <c r="R42">
         <v>3</v>
       </c>
       <c r="S42">
         <v>4</v>
       </c>
       <c r="T42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U42">
         <v>4</v>
       </c>
       <c r="V42">
         <v>4</v>
       </c>
       <c r="W42">
         <v>4</v>
       </c>
       <c r="X42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z42">
         <v>4</v>
       </c>
       <c r="AA42">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB42">
-        <v>3</v>
-[...84 lines deleted...]
-      <c r="AB43">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB43"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB42"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 