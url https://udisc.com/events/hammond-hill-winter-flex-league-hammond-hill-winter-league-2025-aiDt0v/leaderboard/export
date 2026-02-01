--- v0 (2026-01-10)
+++ v1 (2026-02-01)
@@ -410,51 +410,51 @@
       <a:spPr/>
       <a:bodyPr/>
       <a:lstStyle/>
       <a:style>
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:AB37"/>
+  <dimension ref="A1:AB36"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <cols>
     <col min="1" max="1" width="8.83203125" customWidth="1"/>
     <col min="2" max="2" width="8.83203125" customWidth="1"/>
     <col min="3" max="3" width="12.83203125" customWidth="1"/>
     <col min="4" max="4" width="20.83203125" customWidth="1"/>
     <col min="5" max="5" width="20.83203125" customWidth="1"/>
     <col min="6" max="6" width="17.83203125" customWidth="1"/>
     <col min="7" max="7" width="11.83203125" customWidth="1"/>
     <col min="8" max="8" width="8.83203125" customWidth="1"/>
     <col min="9" max="9" width="20.83203125" customWidth="1"/>
     <col min="10" max="10" width="17.83203125" customWidth="1"/>
     <col min="11" max="11" width="6.83203125" customWidth="1"/>
     <col min="12" max="12" width="6.83203125" customWidth="1"/>
     <col min="13" max="13" width="6.83203125" customWidth="1"/>
     <col min="14" max="14" width="6.83203125" customWidth="1"/>
     <col min="15" max="15" width="6.83203125" customWidth="1"/>
     <col min="16" max="16" width="6.83203125" customWidth="1"/>
     <col min="17" max="17" width="6.83203125" customWidth="1"/>
     <col min="18" max="18" width="6.83203125" customWidth="1"/>
     <col min="19" max="19" width="6.83203125" customWidth="1"/>
     <col min="20" max="20" width="7.83203125" customWidth="1"/>
     <col min="21" max="21" width="7.83203125" customWidth="1"/>
@@ -2917,51 +2917,51 @@
       </c>
       <c r="W29">
         <v>4</v>
       </c>
       <c r="X29">
         <v>3</v>
       </c>
       <c r="Y29">
         <v>4</v>
       </c>
       <c r="Z29">
         <v>2</v>
       </c>
       <c r="AA29">
         <v>3</v>
       </c>
       <c r="AB29">
         <v>3</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" t="str">
         <v>GEN</v>
       </c>
       <c r="B30" t="str">
-        <v>T29</v>
+        <v>29</v>
       </c>
       <c r="C30">
         <v>29</v>
       </c>
       <c r="D30" t="str">
         <v>Forrest Omland</v>
       </c>
       <c r="E30">
         <v>0</v>
       </c>
       <c r="F30">
         <v>54</v>
       </c>
       <c r="G30">
         <v>60743</v>
       </c>
       <c r="H30" t="str">
         <v>trashpanda60743</v>
       </c>
       <c r="I30">
         <v>0</v>
       </c>
       <c r="J30">
         <v>54</v>
       </c>
@@ -3003,638 +3003,555 @@
       </c>
       <c r="W30">
         <v>4</v>
       </c>
       <c r="X30">
         <v>3</v>
       </c>
       <c r="Y30">
         <v>3</v>
       </c>
       <c r="Z30">
         <v>3</v>
       </c>
       <c r="AA30">
         <v>4</v>
       </c>
       <c r="AB30">
         <v>3</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
-        <v>T29</v>
+        <v>30</v>
       </c>
       <c r="C31">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="D31" t="str">
-        <v>Glenn</v>
+        <v>Jessica Westman</v>
       </c>
       <c r="E31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="F31">
-        <v>54</v>
+        <v>55</v>
+      </c>
+      <c r="G31">
+        <v>155559</v>
       </c>
       <c r="H31" t="str">
-        <v>glenna</v>
+        <v>jess3131</v>
       </c>
       <c r="I31">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J31">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>3</v>
       </c>
       <c r="P31">
         <v>3</v>
       </c>
       <c r="Q31">
         <v>3</v>
       </c>
       <c r="R31">
         <v>3</v>
       </c>
       <c r="S31">
         <v>3</v>
       </c>
       <c r="T31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U31">
         <v>3</v>
       </c>
       <c r="V31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W31">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X31">
         <v>3</v>
       </c>
       <c r="Y31">
         <v>3</v>
       </c>
       <c r="Z31">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA31">
         <v>3</v>
       </c>
       <c r="AB31">
         <v>3</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" t="str">
         <v>GEN</v>
       </c>
       <c r="B32" t="str">
         <v>31</v>
       </c>
       <c r="C32">
         <v>31</v>
       </c>
       <c r="D32" t="str">
-        <v>Jessica Westman</v>
+        <v>Rob Shafer</v>
       </c>
       <c r="E32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="F32">
-        <v>55</v>
-[...2 lines deleted...]
-        <v>155559</v>
+        <v>57</v>
       </c>
       <c r="H32" t="str">
-        <v>jess3131</v>
+        <v>kaptintaztik</v>
       </c>
       <c r="I32">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="J32">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="K32">
         <v>2</v>
       </c>
       <c r="L32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="M32">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N32">
         <v>3</v>
       </c>
       <c r="O32">
         <v>3</v>
       </c>
       <c r="P32">
         <v>3</v>
       </c>
       <c r="Q32">
         <v>3</v>
       </c>
       <c r="R32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="S32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T32">
         <v>3</v>
       </c>
       <c r="U32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V32">
         <v>4</v>
       </c>
       <c r="W32">
         <v>4</v>
       </c>
       <c r="X32">
         <v>3</v>
       </c>
       <c r="Y32">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z32">
         <v>3</v>
       </c>
       <c r="AA32">
         <v>3</v>
       </c>
       <c r="AB32">
         <v>3</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" t="str">
         <v>GEN</v>
       </c>
       <c r="B33" t="str">
-        <v>32</v>
+        <v>T32</v>
       </c>
       <c r="C33">
         <v>32</v>
       </c>
       <c r="D33" t="str">
-        <v>Rob Shafer</v>
+        <v>Merrisa Savoy</v>
       </c>
       <c r="E33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="F33">
-        <v>57</v>
+        <v>59</v>
+      </c>
+      <c r="G33">
+        <v>191716</v>
       </c>
       <c r="H33" t="str">
-        <v>kaptintaztik</v>
+        <v>msavoy125</v>
       </c>
       <c r="I33">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="J33">
-        <v>57</v>
+        <v>59</v>
       </c>
       <c r="K33">
         <v>2</v>
       </c>
       <c r="L33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M33">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="N33">
         <v>3</v>
       </c>
       <c r="O33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P33">
         <v>3</v>
       </c>
       <c r="Q33">
         <v>3</v>
       </c>
       <c r="R33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="S33">
         <v>4</v>
       </c>
       <c r="T33">
         <v>3</v>
       </c>
       <c r="U33">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="V33">
         <v>4</v>
       </c>
       <c r="W33">
         <v>4</v>
       </c>
       <c r="X33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y33">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z33">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA33">
         <v>3</v>
       </c>
       <c r="AB33">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" t="str">
         <v>GEN</v>
       </c>
       <c r="B34" t="str">
-        <v>T33</v>
+        <v>T32</v>
       </c>
       <c r="C34">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="D34" t="str">
-        <v>Merrisa Savoy</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E34">
         <v>5</v>
       </c>
       <c r="F34">
         <v>59</v>
       </c>
-      <c r="G34">
-[...1 lines deleted...]
-      </c>
       <c r="H34" t="str">
-        <v>msavoy125</v>
+        <v>allisont1325</v>
       </c>
       <c r="I34">
         <v>5</v>
       </c>
       <c r="J34">
         <v>59</v>
       </c>
       <c r="K34">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L34">
         <v>3</v>
       </c>
       <c r="M34">
         <v>3</v>
       </c>
       <c r="N34">
         <v>3</v>
       </c>
       <c r="O34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="P34">
         <v>3</v>
       </c>
       <c r="Q34">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="R34">
         <v>3</v>
       </c>
       <c r="S34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U34">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="V34">
         <v>4</v>
       </c>
       <c r="W34">
         <v>4</v>
       </c>
       <c r="X34">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Y34">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z34">
         <v>4</v>
       </c>
       <c r="AA34">
         <v>3</v>
       </c>
       <c r="AB34">
-        <v>4</v>
+        <v>3</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" t="str">
         <v>GEN</v>
       </c>
       <c r="B35" t="str">
-        <v>T33</v>
+        <v>34</v>
       </c>
       <c r="C35">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D35" t="str">
-        <v>AllisonMooney</v>
+        <v xml:space="preserve">Jordan vandenbosch </v>
       </c>
       <c r="E35">
+        <v>7</v>
+      </c>
+      <c r="F35">
+        <v>61</v>
+      </c>
+      <c r="H35" t="str">
+        <v>mjkushberry</v>
+      </c>
+      <c r="I35">
+        <v>7</v>
+      </c>
+      <c r="J35">
+        <v>61</v>
+      </c>
+      <c r="K35">
+        <v>3</v>
+      </c>
+      <c r="L35">
+        <v>4</v>
+      </c>
+      <c r="M35">
+        <v>2</v>
+      </c>
+      <c r="N35">
+        <v>2</v>
+      </c>
+      <c r="O35">
+        <v>3</v>
+      </c>
+      <c r="P35">
+        <v>2</v>
+      </c>
+      <c r="Q35">
+        <v>4</v>
+      </c>
+      <c r="R35">
         <v>5</v>
       </c>
-      <c r="F35">
-[...34 lines deleted...]
-      </c>
       <c r="S35">
         <v>3</v>
       </c>
       <c r="T35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U35">
         <v>4</v>
       </c>
       <c r="V35">
         <v>4</v>
       </c>
       <c r="W35">
         <v>4</v>
       </c>
       <c r="X35">
         <v>3</v>
       </c>
       <c r="Y35">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Z35">
         <v>4</v>
       </c>
       <c r="AA35">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AB35">
-        <v>3</v>
+        <v>4</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" t="str">
         <v>GEN</v>
       </c>
       <c r="B36" t="str">
         <v>35</v>
       </c>
       <c r="C36">
         <v>35</v>
       </c>
       <c r="D36" t="str">
-        <v xml:space="preserve">Jordan vandenbosch </v>
+        <v xml:space="preserve">Savannah Rosloniec </v>
       </c>
       <c r="E36">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="F36">
-        <v>61</v>
+        <v>65</v>
+      </c>
+      <c r="G36">
+        <v>302318</v>
       </c>
       <c r="H36" t="str">
-        <v>mjkushberry</v>
+        <v>savannah8623</v>
       </c>
       <c r="I36">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="J36">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="K36">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="L36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="M36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N36">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="O36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="P36">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R36">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U36">
         <v>4</v>
       </c>
       <c r="V36">
         <v>4</v>
       </c>
       <c r="W36">
         <v>4</v>
       </c>
       <c r="X36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Y36">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z36">
         <v>4</v>
       </c>
       <c r="AA36">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB36">
-        <v>4</v>
-[...84 lines deleted...]
-      <c r="AB37">
         <v>4</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
-    <ignoredError numberStoredAsText="1" sqref="A1:AB37"/>
+    <ignoredError numberStoredAsText="1" sqref="A1:AB36"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
 </Properties>
 </file>
 