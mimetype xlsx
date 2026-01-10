--- v0 (2025-12-16)
+++ v1 (2026-01-10)
@@ -1745,197 +1745,200 @@
       </c>
       <c r="H37" t="str">
         <v>anthonytaylor</v>
       </c>
       <c r="I37">
         <v>-1</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
       <c r="K37">
         <v>53</v>
       </c>
       <c r="L37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E38">
-        <v>13</v>
+        <v>-1</v>
       </c>
       <c r="F38">
-        <v>67</v>
+        <v>53</v>
+      </c>
+      <c r="G38">
+        <v>319385</v>
       </c>
       <c r="H38" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I38">
-        <v>13</v>
+        <v>-1</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
       <c r="K38">
-        <v>67</v>
+        <v>53</v>
       </c>
       <c r="L38">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Ashley</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E39">
-        <v>-5</v>
+        <v>13</v>
       </c>
       <c r="F39">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="H39" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I39">
-        <v>-5</v>
+        <v>13</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
       <c r="K39">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="L39">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>-5</v>
       </c>
       <c r="F40">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="H40" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I40">
-        <v>2</v>
+        <v>-5</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
       <c r="K40">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="L40">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E41">
-        <v>-10</v>
+        <v>2</v>
       </c>
       <c r="F41">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="H41" t="str">
-        <v>reneau</v>
+        <v>brandon72185</v>
       </c>
       <c r="I41">
-        <v>-10</v>
+        <v>2</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
       <c r="K41">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="L41">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>DNF</v>
       </c>
       <c r="D42" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E42">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="F42">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="H42" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I42">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
       <c r="K42">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="L42">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>DNF</v>
       </c>
       <c r="D43" t="str">
         <v>Juggernaut</v>
       </c>
       <c r="E43">
         <v>-1</v>
       </c>
       <c r="F43">
         <v>53</v>
       </c>
       <c r="H43" t="str">
         <v>kevinhuisman</v>
       </c>
       <c r="I43">
@@ -4693,50 +4696,53 @@
       <c r="AA30">
         <v>2</v>
       </c>
       <c r="AB30">
         <v>4</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" t="str">
         <v>GEN</v>
       </c>
       <c r="B31" t="str">
         <v>T27</v>
       </c>
       <c r="C31">
         <v>27</v>
       </c>
       <c r="D31" t="str">
         <v>Doug macdonald</v>
       </c>
       <c r="E31">
         <v>-1</v>
       </c>
       <c r="F31">
         <v>53</v>
+      </c>
+      <c r="G31">
+        <v>319385</v>
       </c>
       <c r="H31" t="str">
         <v>douggiefreshdg</v>
       </c>
       <c r="I31">
         <v>-1</v>
       </c>
       <c r="J31">
         <v>53</v>
       </c>
       <c r="K31">
         <v>2</v>
       </c>
       <c r="L31">
         <v>3</v>
       </c>
       <c r="M31">
         <v>3</v>
       </c>
       <c r="N31">
         <v>3</v>
       </c>
       <c r="O31">
         <v>4</v>
       </c>
@@ -7384,164 +7390,167 @@
       </c>
       <c r="F37">
         <v>53</v>
       </c>
       <c r="G37">
         <v>303734</v>
       </c>
       <c r="H37" t="str">
         <v>anthonytaylor</v>
       </c>
       <c r="I37">
         <v>0</v>
       </c>
       <c r="J37">
         <v>0</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" t="str">
         <v>GEN</v>
       </c>
       <c r="B38" t="str">
         <v>DNF</v>
       </c>
       <c r="D38" t="str">
-        <v>AllisonMooney</v>
+        <v>Doug macdonald</v>
       </c>
       <c r="E38">
-        <v>13</v>
+        <v>-1</v>
       </c>
       <c r="F38">
-        <v>67</v>
+        <v>53</v>
+      </c>
+      <c r="G38">
+        <v>319385</v>
       </c>
       <c r="H38" t="str">
-        <v>allisont1325</v>
+        <v>douggiefreshdg</v>
       </c>
       <c r="I38">
         <v>0</v>
       </c>
       <c r="J38">
         <v>0</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" t="str">
         <v>GEN</v>
       </c>
       <c r="B39" t="str">
         <v>DNF</v>
       </c>
       <c r="D39" t="str">
-        <v>Ashley</v>
+        <v>AllisonMooney</v>
       </c>
       <c r="E39">
-        <v>-5</v>
+        <v>13</v>
       </c>
       <c r="F39">
-        <v>49</v>
+        <v>67</v>
       </c>
       <c r="H39" t="str">
-        <v>munkers</v>
+        <v>allisont1325</v>
       </c>
       <c r="I39">
         <v>0</v>
       </c>
       <c r="J39">
         <v>0</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" t="str">
         <v>GEN</v>
       </c>
       <c r="B40" t="str">
         <v>DNF</v>
       </c>
       <c r="D40" t="str">
-        <v>Brandon W Fitzpatrick</v>
+        <v>Ashley</v>
       </c>
       <c r="E40">
-        <v>2</v>
+        <v>-5</v>
       </c>
       <c r="F40">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="H40" t="str">
-        <v>brandon72185</v>
+        <v>munkers</v>
       </c>
       <c r="I40">
         <v>0</v>
       </c>
       <c r="J40">
         <v>0</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" t="str">
         <v>GEN</v>
       </c>
       <c r="B41" t="str">
         <v>DNF</v>
       </c>
       <c r="D41" t="str">
-        <v xml:space="preserve">Chad </v>
+        <v>Brandon W Fitzpatrick</v>
       </c>
       <c r="E41">
-        <v>-10</v>
+        <v>2</v>
       </c>
       <c r="F41">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="H41" t="str">
-        <v>reneau</v>
+        <v>brandon72185</v>
       </c>
       <c r="I41">
         <v>0</v>
       </c>
       <c r="J41">
         <v>0</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" t="str">
         <v>GEN</v>
       </c>
       <c r="B42" t="str">
         <v>DNF</v>
       </c>
       <c r="D42" t="str">
-        <v>Doug macdonald</v>
+        <v xml:space="preserve">Chad </v>
       </c>
       <c r="E42">
-        <v>-1</v>
+        <v>-10</v>
       </c>
       <c r="F42">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="H42" t="str">
-        <v>douggiefreshdg</v>
+        <v>reneau</v>
       </c>
       <c r="I42">
         <v>0</v>
       </c>
       <c r="J42">
         <v>0</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" t="str">
         <v>GEN</v>
       </c>
       <c r="B43" t="str">
         <v>DNF</v>
       </c>
       <c r="D43" t="str">
         <v>Juggernaut</v>
       </c>
       <c r="E43">
         <v>-1</v>
       </c>
       <c r="F43">
         <v>53</v>
       </c>
       <c r="H43" t="str">