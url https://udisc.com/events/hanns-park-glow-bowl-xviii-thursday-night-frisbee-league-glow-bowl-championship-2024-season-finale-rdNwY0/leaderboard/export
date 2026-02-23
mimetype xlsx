--- v0 (2026-01-30)
+++ v1 (2026-02-23)
@@ -515,60 +515,60 @@
       </c>
       <c r="Z1" t="str">
         <v>hole 16</v>
       </c>
       <c r="AA1" t="str">
         <v>hole 17</v>
       </c>
       <c r="AB1" t="str">
         <v>hole 18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="str">
         <v>GEN</v>
       </c>
       <c r="B2" t="str">
         <v>1</v>
       </c>
       <c r="C2">
         <v>1</v>
       </c>
       <c r="D2" t="str">
         <v>Ricky Brown</v>
       </c>
       <c r="E2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="F2">
         <v>61</v>
       </c>
       <c r="H2" t="str">
         <v>dtrickyb</v>
       </c>
       <c r="I2">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="J2">
         <v>61</v>
       </c>
       <c r="K2">
         <v>5</v>
       </c>
       <c r="L2">
         <v>5</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>3</v>
       </c>
       <c r="O2">
         <v>2</v>
       </c>
       <c r="P2">
         <v>3</v>
       </c>
       <c r="Q2">
         <v>2</v>
       </c>
@@ -598,60 +598,60 @@
       </c>
       <c r="Z2">
         <v>3</v>
       </c>
       <c r="AA2">
         <v>4</v>
       </c>
       <c r="AB2">
         <v>3</v>
       </c>
     </row>
     <row r="3">
       <c r="A3" t="str">
         <v>GEN</v>
       </c>
       <c r="B3" t="str">
         <v>2</v>
       </c>
       <c r="C3">
         <v>2</v>
       </c>
       <c r="D3" t="str">
         <v xml:space="preserve">Justin Caise </v>
       </c>
       <c r="E3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="F3">
         <v>67</v>
       </c>
       <c r="H3" t="str">
         <v>justincaise</v>
       </c>
       <c r="I3">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="J3">
         <v>67</v>
       </c>
       <c r="K3">
         <v>4</v>
       </c>
       <c r="L3">
         <v>6</v>
       </c>
       <c r="M3">
         <v>2</v>
       </c>
       <c r="N3">
         <v>4</v>
       </c>
       <c r="O3">
         <v>3</v>
       </c>
       <c r="P3">
         <v>3</v>
       </c>
       <c r="Q3">
         <v>4</v>
       </c>
@@ -681,63 +681,63 @@
       </c>
       <c r="Z3">
         <v>3</v>
       </c>
       <c r="AA3">
         <v>4</v>
       </c>
       <c r="AB3">
         <v>2</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" t="str">
         <v>GEN</v>
       </c>
       <c r="B4" t="str">
         <v>3</v>
       </c>
       <c r="C4">
         <v>3</v>
       </c>
       <c r="D4" t="str">
         <v>Drew Magnusson</v>
       </c>
       <c r="E4">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="F4">
         <v>68</v>
       </c>
       <c r="G4">
         <v>138663</v>
       </c>
       <c r="H4" t="str">
         <v>dmag89</v>
       </c>
       <c r="I4">
-        <v>13</v>
+        <v>11</v>
       </c>
       <c r="J4">
         <v>68</v>
       </c>
       <c r="K4">
         <v>3</v>
       </c>
       <c r="L4">
         <v>4</v>
       </c>
       <c r="M4">
         <v>3</v>
       </c>
       <c r="N4">
         <v>2</v>
       </c>
       <c r="O4">
         <v>3</v>
       </c>
       <c r="P4">
         <v>4</v>
       </c>
       <c r="Q4">
         <v>4</v>
       </c>
@@ -767,60 +767,60 @@
       </c>
       <c r="Z4">
         <v>3</v>
       </c>
       <c r="AA4">
         <v>5</v>
       </c>
       <c r="AB4">
         <v>3</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>4</v>
       </c>
       <c r="C5">
         <v>4</v>
       </c>
       <c r="D5" t="str">
         <v>Josh Lukens</v>
       </c>
       <c r="E5">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="F5">
         <v>74</v>
       </c>
       <c r="H5" t="str">
         <v>jalukens</v>
       </c>
       <c r="I5">
-        <v>19</v>
+        <v>17</v>
       </c>
       <c r="J5">
         <v>74</v>
       </c>
       <c r="K5">
         <v>4</v>
       </c>
       <c r="L5">
         <v>4</v>
       </c>
       <c r="M5">
         <v>3</v>
       </c>
       <c r="N5">
         <v>3</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
         <v>4</v>
       </c>