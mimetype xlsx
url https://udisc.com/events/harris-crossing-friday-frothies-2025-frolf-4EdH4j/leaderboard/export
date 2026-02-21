--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -967,50 +967,53 @@
       </c>
       <c r="C6">
         <v>5</v>
       </c>
       <c r="D6">
         <v>-9</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
         <v>5</v>
       </c>
       <c r="G6">
         <v>5</v>
       </c>
       <c r="H6" t="str">
         <v>Chris Cremin</v>
       </c>
       <c r="I6">
         <v>14</v>
       </c>
       <c r="J6">
         <v>73</v>
       </c>
+      <c r="K6">
+        <v>320189</v>
+      </c>
       <c r="L6" t="str">
         <v>chriscremin</v>
       </c>
       <c r="M6">
         <v>14</v>
       </c>
       <c r="N6">
         <v>73</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
         <v>4</v>
       </c>
       <c r="Q6">
         <v>5</v>
       </c>
       <c r="R6">
         <v>4</v>
       </c>
       <c r="S6">
         <v>4</v>
       </c>
       <c r="T6">