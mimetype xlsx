--- v0 (2025-11-09)
+++ v1 (2026-02-21)
@@ -1059,50 +1059,53 @@
       </c>
       <c r="C7">
         <v>3</v>
       </c>
       <c r="D7">
         <v>-11</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
         <v>5</v>
       </c>
       <c r="G7">
         <v>5</v>
       </c>
       <c r="H7" t="str">
         <v>Chris Cremin</v>
       </c>
       <c r="I7">
         <v>14</v>
       </c>
       <c r="J7">
         <v>73</v>
       </c>
+      <c r="K7">
+        <v>320189</v>
+      </c>
       <c r="L7" t="str">
         <v>chriscremin</v>
       </c>
       <c r="M7">
         <v>14</v>
       </c>
       <c r="N7">
         <v>73</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
         <v>5</v>
       </c>
       <c r="Q7">
         <v>3</v>
       </c>
       <c r="R7">
         <v>4</v>
       </c>
       <c r="S7">
         <v>4</v>
       </c>
       <c r="T7">