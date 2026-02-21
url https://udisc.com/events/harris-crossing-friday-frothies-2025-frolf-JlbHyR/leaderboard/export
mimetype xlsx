--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -578,50 +578,53 @@
       </c>
       <c r="C2">
         <v>-6</v>
       </c>
       <c r="D2">
         <v>-11</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
         <v>7</v>
       </c>
       <c r="G2">
         <v>7</v>
       </c>
       <c r="H2" t="str">
         <v>Chris Cremin</v>
       </c>
       <c r="I2">
         <v>5</v>
       </c>
       <c r="J2">
         <v>64</v>
       </c>
+      <c r="K2">
+        <v>320189</v>
+      </c>
       <c r="L2" t="str">
         <v>chriscremin</v>
       </c>
       <c r="M2">
         <v>5</v>
       </c>
       <c r="N2">
         <v>64</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
       <c r="P2">
         <v>4</v>
       </c>
       <c r="Q2">
         <v>5</v>
       </c>
       <c r="R2">
         <v>4</v>
       </c>
       <c r="S2">
         <v>4</v>
       </c>
       <c r="T2">