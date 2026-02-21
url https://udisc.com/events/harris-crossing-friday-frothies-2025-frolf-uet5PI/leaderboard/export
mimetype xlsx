--- v0 (2025-12-20)
+++ v1 (2026-02-21)
@@ -869,50 +869,53 @@
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5">
         <v>-10</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
         <v>6</v>
       </c>
       <c r="G5">
         <v>6</v>
       </c>
       <c r="H5" t="str">
         <v>Chris Cremin</v>
       </c>
       <c r="I5">
         <v>11</v>
       </c>
       <c r="J5">
         <v>70</v>
       </c>
+      <c r="K5">
+        <v>320189</v>
+      </c>
       <c r="L5" t="str">
         <v>chriscremin</v>
       </c>
       <c r="M5">
         <v>11</v>
       </c>
       <c r="N5">
         <v>70</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
         <v>5</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>6</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">