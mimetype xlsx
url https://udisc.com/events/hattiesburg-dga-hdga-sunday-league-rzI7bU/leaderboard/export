--- v0 (2025-11-03)
+++ v1 (2025-12-18)
@@ -1061,51 +1061,51 @@
       </c>
     </row>
     <row r="8">
       <c r="A8" t="str">
         <v>GEN</v>
       </c>
       <c r="B8" t="str">
         <v>T7</v>
       </c>
       <c r="C8">
         <v>7</v>
       </c>
       <c r="D8" t="str">
         <v>Daymon Parker</v>
       </c>
       <c r="E8">
         <v>4</v>
       </c>
       <c r="F8">
         <v>61</v>
       </c>
       <c r="G8">
         <v>141584</v>
       </c>
       <c r="H8" t="str">
-        <v>dparker49</v>
+        <v>parked601</v>
       </c>
       <c r="I8">
         <v>4</v>
       </c>
       <c r="J8">
         <v>61</v>
       </c>
       <c r="K8">
         <v>3</v>
       </c>
       <c r="L8">
         <v>3</v>
       </c>
       <c r="M8">
         <v>5</v>
       </c>
       <c r="N8">
         <v>3</v>
       </c>
       <c r="O8">
         <v>3</v>
       </c>
       <c r="P8">
         <v>3</v>
       </c>
@@ -1212,523 +1212,520 @@
       </c>
       <c r="W9">
         <v>3</v>
       </c>
       <c r="X9">
         <v>4</v>
       </c>
       <c r="Y9">
         <v>2</v>
       </c>
       <c r="Z9">
         <v>4</v>
       </c>
       <c r="AA9">
         <v>6</v>
       </c>
       <c r="AB9">
         <v>3</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" t="str">
         <v>GEN</v>
       </c>
       <c r="B10" t="str">
-        <v>T9</v>
+        <v>9</v>
       </c>
       <c r="C10">
         <v>9</v>
       </c>
       <c r="D10" t="str">
-        <v>Will Marble</v>
+        <v>Greg Fortenberry</v>
       </c>
       <c r="E10">
         <v>5</v>
       </c>
       <c r="F10">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="G10">
-        <v>258228</v>
+        <v>198725</v>
       </c>
       <c r="H10" t="str">
-        <v>marblediscgolf</v>
+        <v>gbombs</v>
       </c>
       <c r="I10">
         <v>5</v>
       </c>
       <c r="J10">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="K10">
         <v>3</v>
       </c>
+      <c r="L10">
+        <v>4</v>
+      </c>
+      <c r="M10">
+        <v>3</v>
+      </c>
       <c r="N10">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O10">
         <v>3</v>
       </c>
       <c r="P10">
         <v>3</v>
       </c>
       <c r="Q10">
         <v>4</v>
       </c>
       <c r="R10">
-        <v>4</v>
+        <v>3</v>
+      </c>
+      <c r="S10">
+        <v>5</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>7</v>
+      </c>
+      <c r="W10">
+        <v>2</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>2</v>
+      </c>
+      <c r="Z10">
+        <v>3</v>
       </c>
       <c r="AA10">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="AB10">
         <v>3</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
-        <v>T9</v>
+        <v>10</v>
       </c>
       <c r="C11">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D11" t="str">
-        <v>Greg Fortenberry</v>
+        <v>Taylor Welborn</v>
       </c>
       <c r="E11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="F11">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="G11">
-        <v>198725</v>
+        <v>145886</v>
       </c>
       <c r="H11" t="str">
-        <v>gbombs</v>
+        <v>twelborn90</v>
       </c>
       <c r="I11">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="J11">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="K11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L11">
         <v>4</v>
       </c>
       <c r="M11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="N11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="P11">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="S11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="T11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="V11">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="W11">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="X11">
         <v>3</v>
       </c>
       <c r="Y11">
         <v>2</v>
       </c>
       <c r="Z11">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA11">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB11">
         <v>3</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>11</v>
       </c>
       <c r="C12">
         <v>11</v>
       </c>
       <c r="D12" t="str">
-        <v>Taylor Welborn</v>
+        <v>Noah Purser</v>
       </c>
       <c r="E12">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="F12">
-        <v>63</v>
-[...2 lines deleted...]
-        <v>145886</v>
+        <v>65</v>
       </c>
       <c r="H12" t="str">
-        <v>twelborn90</v>
+        <v>itsrezha</v>
       </c>
       <c r="I12">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="J12">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="K12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L12">
         <v>4</v>
       </c>
       <c r="M12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>2</v>
       </c>
       <c r="P12">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="Q12">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="S12">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="T12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="U12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="V12">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="W12">
         <v>3</v>
       </c>
       <c r="X12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="Y12">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="Z12">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA12">
         <v>3</v>
       </c>
       <c r="AB12">
         <v>3</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" t="str">
         <v>GEN</v>
       </c>
       <c r="B13" t="str">
-        <v>12</v>
+        <v>T12</v>
       </c>
       <c r="C13">
         <v>12</v>
       </c>
       <c r="D13" t="str">
-        <v>Noah Purser</v>
+        <v>Donnie Frederick</v>
       </c>
       <c r="E13">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="F13">
-        <v>65</v>
+        <v>68</v>
+      </c>
+      <c r="G13">
+        <v>145802</v>
       </c>
       <c r="H13" t="str">
-        <v>itsrezha</v>
+        <v>donniefrederick</v>
       </c>
       <c r="I13">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="J13">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="K13">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="L13">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="M13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="N13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="O13">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="P13">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q13">
         <v>4</v>
       </c>
       <c r="R13">
         <v>3</v>
       </c>
       <c r="S13">
         <v>5</v>
       </c>
       <c r="T13">
         <v>3</v>
       </c>
       <c r="U13">
         <v>3</v>
       </c>
       <c r="V13">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="W13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X13">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="Y13">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="Z13">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>3</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
-        <v>T13</v>
+        <v>T12</v>
       </c>
       <c r="C14">
-        <v>13</v>
+        <v>12</v>
       </c>
       <c r="D14" t="str">
-        <v>Donnie Frederick</v>
+        <v>Marcus Caldwell</v>
       </c>
       <c r="E14">
         <v>11</v>
       </c>
       <c r="F14">
         <v>68</v>
       </c>
       <c r="G14">
-        <v>145802</v>
+        <v>225419</v>
       </c>
       <c r="H14" t="str">
-        <v>donniefrederick</v>
+        <v>marcusallan88</v>
       </c>
       <c r="I14">
         <v>11</v>
       </c>
       <c r="J14">
         <v>68</v>
       </c>
       <c r="K14">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="L14">
         <v>5</v>
       </c>
       <c r="M14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="N14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>
       <c r="P14">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q14">
         <v>4</v>
       </c>
       <c r="R14">
         <v>3</v>
       </c>
       <c r="S14">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="T14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="U14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V14">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="W14">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="X14">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="Y14">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Z14">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AA14">
         <v>3</v>
       </c>
       <c r="AB14">
         <v>3</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" t="str">
         <v>GEN</v>
       </c>
       <c r="B15" t="str">
-        <v>T13</v>
-[...2 lines deleted...]
-        <v>13</v>
+        <v>DNF</v>
       </c>
       <c r="D15" t="str">
-        <v>Marcus Caldwell</v>
+        <v>Will Marble</v>
       </c>
       <c r="E15">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="F15">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="G15">
-        <v>225419</v>
+        <v>258228</v>
       </c>
       <c r="H15" t="str">
-        <v>marcusallan88</v>
+        <v>marblediscgolf</v>
       </c>
       <c r="I15">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="J15">
-        <v>68</v>
+        <v>29</v>
       </c>
       <c r="K15">
         <v>3</v>
       </c>
-      <c r="L15">
-[...4 lines deleted...]
-      </c>
       <c r="N15">
         <v>3</v>
       </c>
       <c r="O15">
         <v>3</v>
       </c>
       <c r="P15">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q15">
         <v>4</v>
       </c>
       <c r="R15">
-        <v>3</v>
-[...1 lines deleted...]
-      <c r="S15">
+        <v>4</v>
+      </c>
+      <c r="AA15">
         <v>6</v>
-      </c>
-[...22 lines deleted...]
-        <v>3</v>
       </c>
       <c r="AB15">
         <v>3</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AB15"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>