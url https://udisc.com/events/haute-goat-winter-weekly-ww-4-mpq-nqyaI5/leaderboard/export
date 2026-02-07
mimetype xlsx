--- v0 (2026-01-18)
+++ v1 (2026-02-07)
@@ -770,54 +770,54 @@
       </c>
       <c r="AF3">
         <v>2</v>
       </c>
       <c r="AG3">
         <v>3</v>
       </c>
     </row>
     <row r="4">
       <c r="A4">
         <v>3</v>
       </c>
       <c r="B4">
         <v>3</v>
       </c>
       <c r="C4">
         <v>-1</v>
       </c>
       <c r="D4">
         <v>-12</v>
       </c>
       <c r="E4" t="str">
         <v>GEN</v>
       </c>
       <c r="F4" t="str">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="G4">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H4" t="str">
         <v>Melissa Stewart</v>
       </c>
       <c r="I4">
         <v>11</v>
       </c>
       <c r="J4">
         <v>65</v>
       </c>
       <c r="K4">
         <v>1</v>
       </c>
       <c r="M4" t="str">
         <v>jypsy42</v>
       </c>
       <c r="N4">
         <v>11</v>
       </c>
       <c r="O4">
         <v>65</v>
       </c>
       <c r="P4">
         <v>3</v>
       </c>
@@ -859,499 +859,637 @@
       </c>
       <c r="AC4">
         <v>3</v>
       </c>
       <c r="AD4">
         <v>3</v>
       </c>
       <c r="AE4">
         <v>3</v>
       </c>
       <c r="AF4">
         <v>3</v>
       </c>
       <c r="AG4">
         <v>2</v>
       </c>
     </row>
     <row r="5">
       <c r="A5">
         <v>4</v>
       </c>
       <c r="B5">
         <v>4</v>
       </c>
       <c r="C5">
-        <v>2</v>
+        <v>0</v>
       </c>
       <c r="D5">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>3</v>
+        <v>T4</v>
       </c>
       <c r="G5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="H5" t="str">
-        <v>Huck.Ya.Isaac</v>
+        <v>Hitarth Shah</v>
       </c>
       <c r="I5">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="J5">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="K5">
         <v>1</v>
       </c>
       <c r="L5">
-        <v>286189</v>
+        <v>242668</v>
       </c>
       <c r="M5" t="str">
-        <v>huckyaisaac</v>
+        <v>hitarth</v>
       </c>
       <c r="N5">
-        <v>-5</v>
+        <v>-1</v>
       </c>
       <c r="O5">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="P5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Q5">
         <v>3</v>
       </c>
       <c r="R5">
         <v>3</v>
       </c>
       <c r="S5">
         <v>3</v>
       </c>
       <c r="T5">
         <v>3</v>
       </c>
       <c r="U5">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="V5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="W5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="X5">
         <v>3</v>
       </c>
       <c r="Y5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Z5">
         <v>2</v>
       </c>
       <c r="AA5">
         <v>3</v>
       </c>
       <c r="AB5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="AC5">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AD5">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AE5">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF5">
         <v>3</v>
       </c>
       <c r="AG5">
         <v>2</v>
       </c>
     </row>
     <row r="6">
-      <c r="A6">
-        <v>5</v>
+      <c r="A6" t="str">
+        <v>T5</v>
       </c>
       <c r="B6">
         <v>5</v>
       </c>
       <c r="C6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D6">
-        <v>-2</v>
+        <v>7</v>
       </c>
       <c r="E6" t="str">
         <v>GEN</v>
       </c>
       <c r="F6" t="str">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="G6">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H6" t="str">
-        <v>Ray Stewart</v>
+        <v>Huck.Ya.Isaac</v>
       </c>
       <c r="I6">
-        <v>5</v>
+        <v>-5</v>
       </c>
       <c r="J6">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="K6">
         <v>1</v>
       </c>
+      <c r="L6">
+        <v>286189</v>
+      </c>
       <c r="M6" t="str">
-        <v>raysar</v>
+        <v>huckyaisaac</v>
       </c>
       <c r="N6">
-        <v>5</v>
+        <v>-5</v>
       </c>
       <c r="O6">
-        <v>59</v>
+        <v>49</v>
       </c>
       <c r="P6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="Q6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="R6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="S6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="T6">
         <v>3</v>
       </c>
       <c r="U6">
         <v>4</v>
       </c>
       <c r="V6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="W6">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="X6">
         <v>3</v>
       </c>
       <c r="Y6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="Z6">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>3</v>
       </c>
       <c r="AC6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AD6">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AE6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AF6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="AG6">
-        <v>4</v>
+        <v>2</v>
       </c>
     </row>
     <row r="7">
-      <c r="A7">
-        <v>6</v>
+      <c r="A7" t="str">
+        <v>T5</v>
       </c>
       <c r="B7">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="C7">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D7">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="E7" t="str">
         <v>GEN</v>
       </c>
       <c r="F7" t="str">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="G7">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="H7" t="str">
-        <v>Trevor Wybenga</v>
+        <v>Lee Allen</v>
       </c>
       <c r="I7">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="J7">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="K7">
         <v>1</v>
       </c>
       <c r="M7" t="str">
-        <v>enzomatrix</v>
+        <v>leeallen</v>
       </c>
       <c r="N7">
-        <v>-1</v>
+        <v>1</v>
       </c>
       <c r="O7">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="P7">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="Q7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="R7">
         <v>2</v>
       </c>
       <c r="S7">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T7">
         <v>3</v>
       </c>
       <c r="U7">
         <v>3</v>
       </c>
       <c r="V7">
         <v>3</v>
       </c>
       <c r="W7">
         <v>3</v>
       </c>
       <c r="X7">
         <v>3</v>
       </c>
       <c r="Y7">
         <v>3</v>
       </c>
       <c r="Z7">
         <v>3</v>
       </c>
       <c r="AA7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB7">
         <v>3</v>
       </c>
       <c r="AC7">
         <v>3</v>
       </c>
       <c r="AD7">
         <v>3</v>
       </c>
       <c r="AE7">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AF7">
         <v>3</v>
       </c>
       <c r="AG7">
-        <v>2</v>
+        <v>3</v>
       </c>
     </row>
     <row r="8">
       <c r="A8">
         <v>7</v>
       </c>
       <c r="B8">
         <v>7</v>
       </c>
       <c r="C8">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D8">
-        <v>1</v>
+        <v>-2</v>
       </c>
       <c r="E8" t="str">
         <v>GEN</v>
       </c>
       <c r="F8" t="str">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="G8">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="H8" t="str">
-        <v>Lui S.</v>
+        <v>Ray Stewart</v>
       </c>
       <c r="I8">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="J8">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="K8">
         <v>1</v>
       </c>
       <c r="M8" t="str">
-        <v>goalfire</v>
+        <v>raysar</v>
       </c>
       <c r="N8">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="O8">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="P8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="Q8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="R8">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="S8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="T8">
         <v>3</v>
       </c>
       <c r="U8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="V8">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="W8">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="X8">
         <v>3</v>
       </c>
       <c r="Y8">
         <v>3</v>
       </c>
       <c r="Z8">
         <v>4</v>
       </c>
       <c r="AA8">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
       <c r="AC8">
         <v>3</v>
       </c>
       <c r="AD8">
         <v>3</v>
       </c>
       <c r="AE8">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="AF8">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="AG8">
-        <v>2</v>
+        <v>4</v>
       </c>
     </row>
     <row r="9">
+      <c r="A9">
+        <v>8</v>
+      </c>
+      <c r="B9">
+        <v>8</v>
+      </c>
       <c r="C9">
-        <v>-1</v>
+        <v>6</v>
       </c>
       <c r="D9">
-        <v>-1</v>
+        <v>7</v>
       </c>
       <c r="E9" t="str">
         <v>GEN</v>
       </c>
+      <c r="F9" t="str">
+        <v>T4</v>
+      </c>
+      <c r="G9">
+        <v>4</v>
+      </c>
       <c r="H9" t="str">
-        <v>Ray Gillespie</v>
+        <v>Trevor Wybenga</v>
       </c>
       <c r="I9">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="J9">
-        <v>0</v>
+        <v>53</v>
       </c>
       <c r="K9">
         <v>1</v>
       </c>
       <c r="M9" t="str">
-        <v>raygillespie</v>
+        <v>enzomatrix</v>
       </c>
       <c r="N9">
-        <v>0</v>
+        <v>-1</v>
       </c>
       <c r="O9">
-        <v>0</v>
+        <v>53</v>
+      </c>
+      <c r="P9">
+        <v>2</v>
+      </c>
+      <c r="Q9">
+        <v>3</v>
+      </c>
+      <c r="R9">
+        <v>2</v>
+      </c>
+      <c r="S9">
+        <v>3</v>
+      </c>
+      <c r="T9">
+        <v>3</v>
+      </c>
+      <c r="U9">
+        <v>3</v>
+      </c>
+      <c r="V9">
+        <v>3</v>
+      </c>
+      <c r="W9">
+        <v>3</v>
+      </c>
+      <c r="X9">
+        <v>3</v>
+      </c>
+      <c r="Y9">
+        <v>3</v>
+      </c>
+      <c r="Z9">
+        <v>3</v>
+      </c>
+      <c r="AA9">
+        <v>4</v>
+      </c>
+      <c r="AB9">
+        <v>3</v>
+      </c>
+      <c r="AC9">
+        <v>3</v>
+      </c>
+      <c r="AD9">
+        <v>3</v>
+      </c>
+      <c r="AE9">
+        <v>4</v>
+      </c>
+      <c r="AF9">
+        <v>3</v>
+      </c>
+      <c r="AG9">
+        <v>2</v>
       </c>
     </row>
     <row r="10">
+      <c r="A10">
+        <v>9</v>
+      </c>
+      <c r="B10">
+        <v>9</v>
+      </c>
       <c r="C10">
-        <v>-3</v>
+        <v>9</v>
       </c>
       <c r="D10">
-        <v>-3</v>
+        <v>1</v>
       </c>
       <c r="E10" t="str">
         <v>GEN</v>
       </c>
+      <c r="F10" t="str">
+        <v>8</v>
+      </c>
+      <c r="G10">
+        <v>8</v>
+      </c>
       <c r="H10" t="str">
-        <v>Ray Gillespie sr</v>
+        <v>Lui S.</v>
       </c>
       <c r="I10">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="J10">
-        <v>0</v>
+        <v>62</v>
       </c>
       <c r="K10">
         <v>1</v>
       </c>
+      <c r="L10">
+        <v>320757</v>
+      </c>
       <c r="M10" t="str">
-        <v>tamray111</v>
+        <v>goalfire</v>
       </c>
       <c r="N10">
-        <v>0</v>
+        <v>8</v>
       </c>
       <c r="O10">
-        <v>0</v>
+        <v>62</v>
+      </c>
+      <c r="P10">
+        <v>3</v>
+      </c>
+      <c r="Q10">
+        <v>5</v>
+      </c>
+      <c r="R10">
+        <v>4</v>
+      </c>
+      <c r="S10">
+        <v>3</v>
+      </c>
+      <c r="T10">
+        <v>3</v>
+      </c>
+      <c r="U10">
+        <v>3</v>
+      </c>
+      <c r="V10">
+        <v>3</v>
+      </c>
+      <c r="W10">
+        <v>5</v>
+      </c>
+      <c r="X10">
+        <v>3</v>
+      </c>
+      <c r="Y10">
+        <v>3</v>
+      </c>
+      <c r="Z10">
+        <v>4</v>
+      </c>
+      <c r="AA10">
+        <v>4</v>
+      </c>
+      <c r="AB10">
+        <v>3</v>
+      </c>
+      <c r="AC10">
+        <v>3</v>
+      </c>
+      <c r="AD10">
+        <v>3</v>
+      </c>
+      <c r="AE10">
+        <v>3</v>
+      </c>
+      <c r="AF10">
+        <v>5</v>
+      </c>
+      <c r="AG10">
+        <v>2</v>
       </c>
     </row>
   </sheetData>
   <ignoredErrors>
     <ignoredError numberStoredAsText="1" sqref="A1:AG10"/>
   </ignoredErrors>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>SheetJS</Application>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Event results</vt:lpstr>