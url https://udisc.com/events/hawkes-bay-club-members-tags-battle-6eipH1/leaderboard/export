--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -980,50 +980,53 @@
         <v>2</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="E7">
         <v>1</v>
       </c>
       <c r="F7">
         <v>58</v>
       </c>
+      <c r="G7">
+        <v>316973</v>
+      </c>
       <c r="H7" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="I7">
         <v>1</v>
       </c>
       <c r="J7">
         <v>58</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>2</v>
       </c>
       <c r="M7">
         <v>2</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>3</v>
       </c>
       <c r="P7">
@@ -1148,50 +1151,53 @@
       <c r="AA8">
         <v>3</v>
       </c>
       <c r="AB8">
         <v>3</v>
       </c>
     </row>
     <row r="9">
       <c r="A9" t="str">
         <v>GEN</v>
       </c>
       <c r="B9" t="str">
         <v>T8</v>
       </c>
       <c r="C9">
         <v>8</v>
       </c>
       <c r="D9" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="E9">
         <v>8</v>
       </c>
       <c r="F9">
         <v>65</v>
+      </c>
+      <c r="G9">
+        <v>323699</v>
       </c>
       <c r="H9" t="str">
         <v>reddy06</v>
       </c>
       <c r="I9">
         <v>8</v>
       </c>
       <c r="J9">
         <v>65</v>
       </c>
       <c r="K9">
         <v>4</v>
       </c>
       <c r="L9">
         <v>3</v>
       </c>
       <c r="M9">
         <v>3</v>
       </c>
       <c r="N9">
         <v>3</v>
       </c>
       <c r="O9">
         <v>3</v>
       </c>