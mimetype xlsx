--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -808,50 +808,53 @@
         <v>2</v>
       </c>
       <c r="AB4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
       <c r="A5" t="str">
         <v>GEN</v>
       </c>
       <c r="B5" t="str">
         <v>T3</v>
       </c>
       <c r="C5">
         <v>3</v>
       </c>
       <c r="D5" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="E5">
         <v>0</v>
       </c>
       <c r="F5">
         <v>57</v>
       </c>
+      <c r="G5">
+        <v>316973</v>
+      </c>
       <c r="H5" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="I5">
         <v>0</v>
       </c>
       <c r="J5">
         <v>57</v>
       </c>
       <c r="K5">
         <v>3</v>
       </c>
       <c r="L5">
         <v>3</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>2</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>
       <c r="P5">
@@ -973,50 +976,53 @@
       <c r="AA6">
         <v>3</v>
       </c>
       <c r="AB6">
         <v>4</v>
       </c>
     </row>
     <row r="7">
       <c r="A7" t="str">
         <v>GEN</v>
       </c>
       <c r="B7" t="str">
         <v>6</v>
       </c>
       <c r="C7">
         <v>6</v>
       </c>
       <c r="D7" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="E7">
         <v>4</v>
       </c>
       <c r="F7">
         <v>61</v>
+      </c>
+      <c r="G7">
+        <v>323699</v>
       </c>
       <c r="H7" t="str">
         <v>reddy06</v>
       </c>
       <c r="I7">
         <v>4</v>
       </c>
       <c r="J7">
         <v>61</v>
       </c>
       <c r="K7">
         <v>3</v>
       </c>
       <c r="L7">
         <v>3</v>
       </c>
       <c r="M7">
         <v>4</v>
       </c>
       <c r="N7">
         <v>2</v>
       </c>
       <c r="O7">
         <v>2</v>
       </c>