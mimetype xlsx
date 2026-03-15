--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -894,50 +894,53 @@
         <v>2</v>
       </c>
       <c r="AB5">
         <v>4</v>
       </c>
     </row>
     <row r="6">
       <c r="A6" t="str">
         <v>GEN</v>
       </c>
       <c r="B6" t="str">
         <v>T4</v>
       </c>
       <c r="C6">
         <v>4</v>
       </c>
       <c r="D6" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="E6">
         <v>-2</v>
       </c>
       <c r="F6">
         <v>55</v>
       </c>
+      <c r="G6">
+        <v>316973</v>
+      </c>
       <c r="H6" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="I6">
         <v>-2</v>
       </c>
       <c r="J6">
         <v>55</v>
       </c>
       <c r="K6">
         <v>2</v>
       </c>
       <c r="L6">
         <v>3</v>
       </c>
       <c r="M6">
         <v>2</v>
       </c>
       <c r="N6">
         <v>3</v>
       </c>
       <c r="O6">
         <v>3</v>
       </c>
       <c r="P6">
@@ -1311,50 +1314,53 @@
       <c r="AA10">
         <v>3</v>
       </c>
       <c r="AB10">
         <v>5</v>
       </c>
     </row>
     <row r="11">
       <c r="A11" t="str">
         <v>GEN</v>
       </c>
       <c r="B11" t="str">
         <v>10</v>
       </c>
       <c r="C11">
         <v>10</v>
       </c>
       <c r="D11" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="E11">
         <v>6</v>
       </c>
       <c r="F11">
         <v>63</v>
+      </c>
+      <c r="G11">
+        <v>323699</v>
       </c>
       <c r="H11" t="str">
         <v>reddy06</v>
       </c>
       <c r="I11">
         <v>6</v>
       </c>
       <c r="J11">
         <v>63</v>
       </c>
       <c r="K11">
         <v>4</v>
       </c>
       <c r="L11">
         <v>3</v>
       </c>
       <c r="M11">
         <v>4</v>
       </c>
       <c r="N11">
         <v>3</v>
       </c>
       <c r="O11">
         <v>3</v>
       </c>