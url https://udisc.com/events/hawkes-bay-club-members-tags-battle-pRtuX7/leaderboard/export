--- v0 (2025-11-29)
+++ v1 (2026-03-15)
@@ -1407,50 +1407,53 @@
         <v>3</v>
       </c>
       <c r="AB11">
         <v>4</v>
       </c>
     </row>
     <row r="12">
       <c r="A12" t="str">
         <v>GEN</v>
       </c>
       <c r="B12" t="str">
         <v>T10</v>
       </c>
       <c r="C12">
         <v>10</v>
       </c>
       <c r="D12" t="str">
         <v>Sudan Soundappan</v>
       </c>
       <c r="E12">
         <v>2</v>
       </c>
       <c r="F12">
         <v>59</v>
       </c>
+      <c r="G12">
+        <v>316973</v>
+      </c>
       <c r="H12" t="str">
         <v>sudansoundappan</v>
       </c>
       <c r="I12">
         <v>2</v>
       </c>
       <c r="J12">
         <v>59</v>
       </c>
       <c r="K12">
         <v>2</v>
       </c>
       <c r="L12">
         <v>3</v>
       </c>
       <c r="M12">
         <v>3</v>
       </c>
       <c r="N12">
         <v>3</v>
       </c>
       <c r="O12">
         <v>3</v>
       </c>
       <c r="P12">
@@ -1575,50 +1578,53 @@
       <c r="AA13">
         <v>3</v>
       </c>
       <c r="AB13">
         <v>5</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" t="str">
         <v>GEN</v>
       </c>
       <c r="B14" t="str">
         <v>13</v>
       </c>
       <c r="C14">
         <v>13</v>
       </c>
       <c r="D14" t="str">
         <v>Bala Nithej Thumma</v>
       </c>
       <c r="E14">
         <v>9</v>
       </c>
       <c r="F14">
         <v>66</v>
+      </c>
+      <c r="G14">
+        <v>323699</v>
       </c>
       <c r="H14" t="str">
         <v>reddy06</v>
       </c>
       <c r="I14">
         <v>9</v>
       </c>
       <c r="J14">
         <v>66</v>
       </c>
       <c r="K14">
         <v>4</v>
       </c>
       <c r="L14">
         <v>4</v>
       </c>
       <c r="M14">
         <v>3</v>
       </c>
       <c r="N14">
         <v>3</v>
       </c>
       <c r="O14">
         <v>3</v>
       </c>