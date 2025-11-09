--- v0 (2025-10-19)
+++ v1 (2025-11-09)
@@ -528,54 +528,54 @@
       </c>
       <c r="V1" t="str">
         <v>hole_17</v>
       </c>
       <c r="W1" t="str">
         <v>hole_18</v>
       </c>
     </row>
     <row r="2">
       <c r="A2">
         <v>1</v>
       </c>
       <c r="B2">
         <v>1</v>
       </c>
       <c r="C2">
         <v>-1</v>
       </c>
       <c r="D2">
         <v>-5</v>
       </c>
       <c r="E2" t="str">
         <v>GEN</v>
       </c>
       <c r="F2" t="str">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="G2">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="H2" t="str">
         <v>Troy Balser</v>
       </c>
       <c r="I2">
         <v>4</v>
       </c>
       <c r="J2">
         <v>36</v>
       </c>
       <c r="K2">
         <v>308031</v>
       </c>
       <c r="L2" t="str">
         <v>troybalser</v>
       </c>
       <c r="M2">
         <v>4</v>
       </c>
       <c r="N2">
         <v>36</v>
       </c>
       <c r="O2">
         <v>3</v>
       </c>
@@ -722,70 +722,61 @@
         <v>5</v>
       </c>
       <c r="Q4">
         <v>5</v>
       </c>
       <c r="R4">
         <v>3</v>
       </c>
       <c r="S4">
         <v>4</v>
       </c>
       <c r="T4">
         <v>2</v>
       </c>
       <c r="U4">
         <v>5</v>
       </c>
       <c r="V4">
         <v>3</v>
       </c>
       <c r="W4">
         <v>4</v>
       </c>
     </row>
     <row r="5">
-      <c r="A5" t="str">
-[...4 lines deleted...]
-      </c>
       <c r="C5">
         <v>0</v>
       </c>
       <c r="D5">
         <v>-2</v>
       </c>
       <c r="E5" t="str">
         <v>GEN</v>
       </c>
       <c r="F5" t="str">
-        <v>3</v>
-[...2 lines deleted...]
-        <v>3</v>
+        <v>DNF</v>
       </c>
       <c r="H5" t="str">
         <v>Justin Michaud</v>
       </c>
       <c r="I5">
         <v>2</v>
       </c>
       <c r="J5">
         <v>12</v>
       </c>
       <c r="K5">
         <v>231863</v>
       </c>
       <c r="L5" t="str">
         <v>kidosseo</v>
       </c>
       <c r="M5">
         <v>2</v>
       </c>
       <c r="N5">
         <v>12</v>
       </c>
       <c r="O5">
         <v>3</v>
       </c>